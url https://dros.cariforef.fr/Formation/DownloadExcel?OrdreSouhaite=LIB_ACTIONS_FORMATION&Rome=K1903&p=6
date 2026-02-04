--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -167,59 +167,59 @@
   <x:si>
     <x:t>83220</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Droit immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>LE PRADET</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Actualisation des connaissances en droit du travail</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Droit travail</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Actualité et règlementation du droit du travail</x:t>
   </x:si>
   <x:si>
     <x:t>Aristée</x:t>
@@ -524,99 +524,99 @@
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir marchand de biens</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Française du Bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">diplôme d'études supérieures de notariat </x:t>
   </x:si>
   <x:si>
+    <x:t>INFN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Notariat</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
-    <x:t>Notariat</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>INFN</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Droit du travail appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2018 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2018 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Droit et achat des images et deviser une prestation</x:t>
   </x:si>
   <x:si>
     <x:t>Droit auteur</x:t>
   </x:si>
   <x:si>
     <x:t>DU DESU droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>DU droit fiscal</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
@@ -1903,110 +1903,110 @@
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>597778</x:v>
+        <x:v>590883</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>590883</x:v>
+        <x:v>597778</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="U4" s="16" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
@@ -3941,166 +3941,166 @@
       <x:c r="G41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>597497</x:v>
+        <x:v>597498</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39262</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q42" s="16" t="s">
+      <x:c r="R42" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>597498</x:v>
+        <x:v>597497</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>177060</x:v>
+        <x:v>177062</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>161</x:v>
@@ -4109,100 +4109,100 @@
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>177061</x:v>
+        <x:v>177059</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>177059</x:v>
+        <x:v>177060</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>161</x:v>
@@ -4211,51 +4211,51 @@
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>177062</x:v>
+        <x:v>177061</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
@@ -4281,77 +4281,77 @@
       <x:c r="R47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>576576</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>593100</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>174</x:v>
@@ -4362,51 +4362,51 @@
       <x:c r="I49" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>13354</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>614588</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -4544,131 +4544,131 @@
         <x:v>188</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>599002</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>13276</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>592131</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>595451</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>183</x:v>
@@ -4699,82 +4699,82 @@
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>588509</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38201</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>13262</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>595448</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38201</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -4813,82 +4813,82 @@
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>576297</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>597266</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -4898,51 +4898,51 @@
       <x:c r="J59" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>611986</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
@@ -4979,135 +4979,135 @@
       <x:c r="R60" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>597267</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>597440</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>597439</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
@@ -5324,81 +5324,81 @@
       <x:c r="R66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>581230</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38194</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>597256</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38194</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
@@ -5496,82 +5496,82 @@
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>581231</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>596279</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -5783,138 +5783,138 @@
       <x:c r="R74" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>581232</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38195</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>13229</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>597448</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38195</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>13229</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>597449</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38195</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -6066,79 +6066,79 @@
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>597438</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>597435</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
@@ -6177,82 +6177,82 @@
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>597434</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>597436</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -6553,51 +6553,51 @@
       <x:c r="J88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>580564</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -6958,51 +6958,51 @@
       <x:c r="J95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>571231</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
@@ -7450,82 +7450,82 @@
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>576311</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>597445</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -7734,81 +7734,81 @@
       <x:c r="R108" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>576314</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>597465</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
@@ -8022,82 +8022,82 @@
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>576317</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>595445</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -8420,261 +8420,260 @@
       <x:c r="R120" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>576320</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>591991</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>591992</x:v>
+        <x:v>591990</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-        <x:v>175</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>598413</x:v>
+        <x:v>591992</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>243</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>591990</x:v>
+        <x:v>598413</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -8877,81 +8876,81 @@
       <x:c r="R128" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>576299</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>597450</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
@@ -9281,82 +9280,82 @@
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>576327</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>597447</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -9740,82 +9739,82 @@
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>576330</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>597460</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -9908,135 +9907,135 @@
       <x:c r="R146" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>581254</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39020</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>591988</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39020</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>591987</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39020</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
@@ -10078,82 +10077,82 @@
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>575686</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38171</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>13087</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>597255</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38171</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -10303,82 +10302,82 @@
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>597246</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>597245</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -10566,51 +10565,51 @@
       <x:c r="J158" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>587480</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -10929,51 +10928,51 @@
       <x:c r="I165" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>602492</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -11143,51 +11142,51 @@
       <x:c r="I169" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>13210</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>611414</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>372</x:v>
       </x:c>