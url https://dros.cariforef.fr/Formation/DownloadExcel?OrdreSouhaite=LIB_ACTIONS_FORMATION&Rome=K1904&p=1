--- v0 (2026-02-03)
+++ v1 (2026-03-31)
@@ -158,60 +158,60 @@
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>06008</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Économie</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Droit</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, méthodes quantitatives et gestion (ENS Paris-Saclay D2), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, méthodes quantitatives et gestion (ENS Paris-Saclay D2), 2e année</x:t>
   </x:si>
@@ -984,100 +984,100 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>595633</x:v>
+        <x:v>595632</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>595632</x:v>
+        <x:v>595633</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>34</x:v>
@@ -1185,51 +1185,51 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>595636</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>34</x:v>
@@ -1447,51 +1447,51 @@
       <x:c r="J11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>597446</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
@@ -1506,51 +1506,51 @@
       <x:c r="J12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>606792</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -1876,141 +1876,141 @@
       <x:c r="R18" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>597246</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>597247</x:v>
+        <x:v>597245</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>597245</x:v>
+        <x:v>597247</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>