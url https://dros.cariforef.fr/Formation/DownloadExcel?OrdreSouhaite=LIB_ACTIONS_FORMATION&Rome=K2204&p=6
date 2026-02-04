--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -353,89 +353,89 @@
   <x:si>
     <x:t>Soussou Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Bio-nettoyage</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro hygiène, propreté, stérilisation</x:t>
   </x:si>
   <x:si>
+    <x:t>LP du Parc St-Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualité hygiène sécurité environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP A Escoffier</x:t>
   </x:si>
   <x:si>
     <x:t>06801</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LP F de Croisset</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
-    <x:t>LP du Parc St-Jean</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro hygiène, propreté, stérilisation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agent de propreté et d'hygiène (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Epv</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2025 00:00:00</x:t>
@@ -443,98 +443,98 @@
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agent de propreté et d'hygiène (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IME La Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAU-ARNOUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>IME La Durance</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CAP gardien d'immeubles (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Surveillance gardiennage</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP gardien d'immeubles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
@@ -575,59 +575,59 @@
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EREA Paul Vincensini</x:t>
   </x:si>
   <x:si>
     <x:t>84964</x:t>
   </x:si>
   <x:si>
     <x:t>EREA P Vincensini</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP propreté et prévention des biocontaminations (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Auguste Escoffier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Auguste Escoffier</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef d'équipe en propreté (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CQP chef de site en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise nettoyage</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
@@ -686,192 +686,192 @@
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Agent d'entretien et de rénovation en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Agent machiniste en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Chef d'équipe en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de propreté et d'hygiène</x:t>
   </x:si>
   <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACOPAD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association pour l'Education Cognitive et le Développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/01/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>AFC</x:t>
-[...29 lines deleted...]
-    <x:t>04/24/2026 00:00:00</x:t>
+    <x:t>Titre professionnel agent de propreté et d'hygiène (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAF MSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solutys - Campus Privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de propreté et d'hygiène (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filière entreprise - CFA - Antenne Gap - Ecole de la Deuxième Chance des Hautes Alpes</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel agent de propreté et d'hygiène (Apprentissage)</x:t>
-[...26 lines deleted...]
-    <x:t>ACAF MSA</x:t>
+    <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Agent de propreté et d'hygiène (TP APH)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de propreté et d'hygiène BC01 Réaliser des prestations de nettoyage manuel et de bionettoyage</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2198,51 +2198,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>590293</x:v>
+        <x:v>589973</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>87</x:v>
@@ -2251,222 +2251,222 @@
       <x:c r="K16" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>589973</x:v>
+        <x:v>590293</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="S17" s="0" t="n">
+        <x:v>592256</x:v>
+      </x:c>
+      <x:c r="T17" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="S17" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T17" s="4" t="s">
+      <x:c r="U17" s="4" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="Q18" s="16" t="s">
+      <x:c r="R18" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="R18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592255</x:v>
+        <x:v>592254</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="U18" s="16" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
+      <x:c r="R19" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="R19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>592256</x:v>
+        <x:v>592255</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="U19" s="4" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -2476,54 +2476,54 @@
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>592253</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -2675,214 +2675,214 @@
         <x:v>454899</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>581592</x:v>
+        <x:v>548661</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>548660</x:v>
+        <x:v>454901</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>498325</x:v>
+        <x:v>498329</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -2892,602 +2892,602 @@
       <x:c r="K27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>499961</x:v>
+        <x:v>581592</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>454902</x:v>
+        <x:v>548660</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>498317</x:v>
+        <x:v>498325</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="S30" s="14" t="n">
+        <x:v>499961</x:v>
+      </x:c>
+      <x:c r="T30" s="16" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="U30" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>548661</x:v>
+        <x:v>548659</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="S32" s="14" t="n">
+        <x:v>548662</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>498329</x:v>
+        <x:v>454900</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="Q34" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>548659</x:v>
+        <x:v>454902</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>548662</x:v>
+        <x:v>498317</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>454900</x:v>
+        <x:v>498321</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40308</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -3666,51 +3666,51 @@
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>588550</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3777,175 +3777,175 @@
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>592319</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>609387</x:v>
+        <x:v>611029</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="S44" s="14" t="n">
+        <x:v>609387</x:v>
+      </x:c>
+      <x:c r="T44" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="U44" s="16" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -5039,1098 +5039,1095 @@
       <x:c r="R64" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>586639</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F65" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="F65" s="0" t="s">
+      <x:c r="G65" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="G65" s="0" t="s">
+      <x:c r="H65" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="H65" s="0" t="s">
+      <x:c r="I65" s="4" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="Q65" s="4" t="s">
+      <x:c r="R65" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="R65" s="0" t="s">
+      <x:c r="S65" s="0" t="n">
+        <x:v>579388</x:v>
+      </x:c>
+      <x:c r="T65" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="S65" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T65" s="4" t="s">
+      <x:c r="U65" s="4" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
-      <x:c r="F66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F66" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
       <x:c r="G66" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>584547</x:v>
+        <x:v>580086</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="U66" s="16" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>604647</x:v>
+        <x:v>616435</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>616435</x:v>
+        <x:v>584547</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>590623</x:v>
+        <x:v>604647</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G70" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>579388</x:v>
+        <x:v>583662</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
-      <x:c r="E71" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>222</x:v>
-[...2 lines deleted...]
-        <x:v>223</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>580086</x:v>
+        <x:v>590623</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>38</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>591813</x:v>
+        <x:v>599897</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>557864</x:v>
+        <x:v>603574</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>599895</x:v>
+        <x:v>557863</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-        <x:v>244</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="Q75" s="4" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>603575</x:v>
+        <x:v>552033</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>585107</x:v>
+        <x:v>585106</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>585106</x:v>
+        <x:v>609203</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>609203</x:v>
+        <x:v>591813</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>599897</x:v>
+        <x:v>585107</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="H80" s="14" t="s"/>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s">
+        <x:v>238</x:v>
+      </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>557863</x:v>
+        <x:v>603575</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>552033</x:v>
+        <x:v>557864</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="Q82" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="Q82" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>603574</x:v>
+        <x:v>599895</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6160,88 +6157,88 @@
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>586637</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="Q84" s="16" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>616434</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">