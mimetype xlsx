--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -320,134 +320,134 @@
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager achats et supply chain (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Manager achats et supply chain BC2 conduire des processus achats responsables et durables</x:t>
   </x:si>
   <x:si>
     <x:t>07/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager achats et supply chain spécialisation management des achats (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2024 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager achats et supply chain spécialisation supply chain (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des achats et de la supply chain</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Approvisionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des achats et de la supply chain (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>master mention gestion de production, logistique, achats</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de production, logistique, achats parcours distribution et achats</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
@@ -464,57 +464,57 @@
   <x:si>
     <x:t>Master mention gestion de production, logistique, achats parcours management de la chaîne logistique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de production, logistique, achats parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Parcours d'économie-gestion Terminale BAC PRO Compagnons du devoir - 18 mois</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prestashop : Utilisateurs</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Prestashop</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Sage gestion commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
@@ -1511,51 +1511,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>584707</x:v>
+        <x:v>614307</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
@@ -1570,51 +1570,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>614307</x:v>
+        <x:v>584707</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -1633,274 +1633,274 @@
       <x:c r="M11" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>535865</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>535041</x:v>
+        <x:v>535042</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>535042</x:v>
+        <x:v>550749</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>550749</x:v>
+        <x:v>535041</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>550750</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -1909,123 +1909,123 @@
         <x:v>90</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>550751</x:v>
+        <x:v>535043</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>535043</x:v>
+        <x:v>550751</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -2092,54 +2092,54 @@
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>608400</x:v>
+        <x:v>555026</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>107</x:v>
@@ -2153,57 +2153,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>555027</x:v>
+        <x:v>608399</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -2213,57 +2213,57 @@
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>541387</x:v>
+        <x:v>608400</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>103</x:v>
@@ -2274,57 +2274,57 @@
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>608399</x:v>
+        <x:v>541387</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -2334,57 +2334,57 @@
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>555026</x:v>
+        <x:v>555027</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35921</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -2619,164 +2619,164 @@
       <x:c r="K28" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>562535</x:v>
+        <x:v>524534</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>524534</x:v>
+        <x:v>615806</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>615806</x:v>
+        <x:v>562535</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>82</x:v>