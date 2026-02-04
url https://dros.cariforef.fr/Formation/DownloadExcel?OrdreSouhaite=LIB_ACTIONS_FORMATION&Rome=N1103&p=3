--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -623,215 +623,215 @@
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
-    <x:t>07/20/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel agent magasinier + Caces R489 chariots de manutention automoteurs à conducteur porté catégorie 1B</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour le Développement et l’Insertion professionnelle par la Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADIF</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent magasinier + Caces R489 chariots de manutention automoteurs à conducteur porté catégories 1B - 3 - 5</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé commercial</x:t>
   </x:si>
   <x:si>
+    <x:t>Crc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INFREP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Esid</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseil Régional</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Institut de Formation et d'Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>IFI</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ligue de l'Enseignement - Fédération des Oeuvres Laïques des Alpes Maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Esid - Antenne Nice</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel employé commercial - commerce éco-responsable</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé commercial - Compétences climat gestion des déchets</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
@@ -992,132 +992,132 @@
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel préparateur de commandes en entrepôt</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre du Service Militaire Volontaire Sud-Est</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Promotrans Formation Professionnelle Continue - Antenne Rognac</x:t>
   </x:si>
   <x:si>
     <x:t>PROMOTRANS FPC</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel préparateur de commandes en entrepôt (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
   </x:si>
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Vitrolles</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Six Fours les Plages</x:t>
   </x:si>
@@ -4169,266 +4169,267 @@
         <x:v>498014</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>545414</x:v>
+        <x:v>548948</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>499819</x:v>
+        <x:v>545414</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>602908</x:v>
+        <x:v>499819</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>548948</x:v>
+        <x:v>602908</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36221</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>121</x:v>
@@ -5130,289 +5131,290 @@
       <x:c r="J60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>579250</x:v>
+        <x:v>579249</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>573257</x:v>
+        <x:v>579250</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>579248</x:v>
+        <x:v>573257</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>573391</x:v>
+        <x:v>579248</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>579249</x:v>
+        <x:v>573391</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -5478,111 +5480,111 @@
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>616125</x:v>
+        <x:v>581540</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>581540</x:v>
+        <x:v>579255</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
@@ -5615,93 +5617,93 @@
       <x:c r="R68" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>573254</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>579255</x:v>
+        <x:v>616125</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35010</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>121</x:v>
@@ -6078,325 +6080,325 @@
       <x:c r="R76" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>577351</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>34860</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>576736</x:v>
+        <x:v>577349</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>34860</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>576735</x:v>
+        <x:v>576736</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>34860</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>576737</x:v>
+        <x:v>576735</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>34860</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>576734</x:v>
+        <x:v>576737</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>34860</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>577349</x:v>
+        <x:v>576734</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38551</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6495,1141 +6497,1138 @@
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>583319</x:v>
+        <x:v>615328</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>566633</x:v>
+        <x:v>580592</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s"/>
-      <x:c r="F86" s="14" t="s"/>
+      <x:c r="E86" s="14" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F86" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="G86" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="I86" s="16" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="Q86" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="Q86" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>551788</x:v>
+        <x:v>583658</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>569976</x:v>
+        <x:v>566631</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
+      <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>213</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>583967</x:v>
+        <x:v>583319</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
+      <x:c r="G89" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="F89" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>583658</x:v>
+        <x:v>566633</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>226</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>222</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>580592</x:v>
+        <x:v>551788</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>615328</x:v>
+        <x:v>569976</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s"/>
-      <x:c r="F92" s="14" t="s"/>
+      <x:c r="E92" s="14" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F92" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="G92" s="14" t="s">
-        <x:v>230</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="Q92" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R92" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="S92" s="14" t="n">
+        <x:v>583967</x:v>
+      </x:c>
+      <x:c r="T92" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="Q92" s="16" t="s">
+      <x:c r="U92" s="16" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>572859</x:v>
+        <x:v>581586</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>583321</x:v>
+        <x:v>572859</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>598730</x:v>
+        <x:v>583321</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>569975</x:v>
+        <x:v>598730</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>609636</x:v>
+        <x:v>569975</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>577270</x:v>
+        <x:v>609636</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="R99" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="S99" s="0" t="n">
+        <x:v>577270</x:v>
+      </x:c>
+      <x:c r="T99" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="R99" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G100" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>583785</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>583663</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G102" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>583664</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>585218</x:v>
       </x:c>
@@ -7638,75 +7637,75 @@
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>564252</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
@@ -7929,264 +7928,264 @@
       <x:c r="S108" s="14" t="n">
         <x:v>549672</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>609205</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>564253</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>600051</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>546934</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -8401,75 +8400,75 @@
       <x:c r="T116" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>607503</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
@@ -8572,136 +8571,136 @@
         <x:v>599914</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>548178</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>601970</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
@@ -8719,51 +8718,51 @@
       <x:c r="I122" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>602039</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
@@ -8900,1227 +8899,1228 @@
       <x:c r="I125" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>502649</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>280</x:v>
-[...1 lines deleted...]
-      <x:c r="H126" s="14" t="s"/>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s">
+        <x:v>303</x:v>
+      </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>544978</x:v>
+        <x:v>555926</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="Q127" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="R127" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="S127" s="0" t="n">
+        <x:v>544978</x:v>
+      </x:c>
+      <x:c r="T127" s="4" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="U127" s="4" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>302</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="Q128" s="16" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="R128" s="14" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="S128" s="14" t="n">
+        <x:v>602025</x:v>
+      </x:c>
+      <x:c r="T128" s="16" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="U128" s="16" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>602619</x:v>
+        <x:v>608503</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>552329</x:v>
+        <x:v>602619</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>600052</x:v>
+        <x:v>546279</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="U131" s="4" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>555924</x:v>
+        <x:v>601971</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>546279</x:v>
+        <x:v>552330</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>206</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>601971</x:v>
+        <x:v>552329</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>552330</x:v>
+        <x:v>600052</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>548844</x:v>
+        <x:v>555924</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>603093</x:v>
+        <x:v>548844</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>552017</x:v>
+        <x:v>603093</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>605450</x:v>
+        <x:v>552017</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>302</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>608502</x:v>
+        <x:v>605450</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>605451</x:v>
+        <x:v>608502</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>302</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>555926</x:v>
+        <x:v>605451</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>40498</x:v>
+        <x:v>34860</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="H143" s="0" t="s">
+      <x:c r="I143" s="4" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="R143" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="R143" s="0" t="s">
+      <x:c r="S143" s="0" t="n">
+        <x:v>545245</x:v>
+      </x:c>
+      <x:c r="T143" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="S143" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T143" s="4" t="s">
+      <x:c r="U143" s="4" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>34860</x:v>
+        <x:v>40498</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>545245</x:v>
+        <x:v>601275</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>601276</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -10194,51 +10194,51 @@
       <x:c r="I147" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>581149</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -10324,51 +10324,51 @@
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>601317</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>338</x:v>
@@ -10385,51 +10385,51 @@
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>601318</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
@@ -10506,51 +10506,51 @@
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>601316</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
@@ -10615,60 +10615,60 @@
       <x:c r="I154" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>601315</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
@@ -10681,87 +10681,87 @@
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>609435</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="G156" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>598311</x:v>
       </x:c>
@@ -10837,51 +10837,51 @@
         <x:v>356</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="G158" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>579892</x:v>
       </x:c>
@@ -10900,51 +10900,51 @@
         <x:v>356</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>579893</x:v>
       </x:c>