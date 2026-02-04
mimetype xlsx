--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -707,62 +707,62 @@
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sully</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>M2S Formation Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Les Palmiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Les Palmiers</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Ismaël Dauphin</x:t>
@@ -1115,72 +1115,72 @@
   <x:si>
     <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Sainte Tulle - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Six Fours les Plages</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Alpilles</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre Professionnel Technicien supérieur en méthodes et exploitation logistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique</x:t>
   </x:si>
   <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA|Aftral - Antenne Ollioules - CFA Régional Transport Logistique PACA</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
@@ -14129,1079 +14129,1078 @@
         <x:v>548928</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>607411</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>616732</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>616732</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>208</x:v>
-[...2 lines deleted...]
-        <x:v>209</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>506784</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>55</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>614740</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>603622</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>607412</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
@@ -15210,114 +15209,114 @@
       <x:c r="K232" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
@@ -15326,749 +15325,747 @@
       <x:c r="K234" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>170</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>614740</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>603622</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>607412</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -16081,57 +16078,57 @@
       <x:c r="K247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
@@ -16140,399 +16137,401 @@
       <x:c r="K248" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>607411</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>55</x:v>
-[...1 lines deleted...]
-      <x:c r="H254" s="14" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>506784</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -16545,57 +16544,57 @@
       <x:c r="K255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
@@ -16604,114 +16603,114 @@
       <x:c r="K256" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
@@ -16720,57 +16719,57 @@
       <x:c r="K258" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -26522,144 +26521,144 @@
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>581831</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>579284</x:v>
+        <x:v>579146</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>579146</x:v>
+        <x:v>579284</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
@@ -27370,230 +27369,230 @@
       <x:c r="K440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>544537</x:v>
+        <x:v>527691</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>527691</x:v>
+        <x:v>513049</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>581832</x:v>
+        <x:v>544537</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>513049</x:v>
+        <x:v>581832</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -29323,322 +29322,322 @@
       <x:c r="S474" s="14" t="n">
         <x:v>581153</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>338</x:v>
-[...2 lines deleted...]
-        <x:v>339</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>601320</x:v>
+        <x:v>605541</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>557590</x:v>
+        <x:v>548993</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>604387</x:v>
+        <x:v>557590</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>548993</x:v>
+        <x:v>604387</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H479" s="0" t="s">
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>605541</x:v>
+        <x:v>601320</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
@@ -29671,159 +29670,155 @@
       <x:c r="R480" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>547870</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="Q481" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="R481" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S481" s="0" t="n">
+        <x:v>598122</x:v>
+      </x:c>
+      <x:c r="T481" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U481" s="4" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
-      <x:c r="E482" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E482" s="14" t="s"/>
+      <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>583953</x:v>
+        <x:v>531716</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>31663</x:v>
@@ -29833,51 +29828,51 @@
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>613308</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>110</x:v>
@@ -29890,51 +29885,51 @@
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>613310</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31663</x:v>
@@ -29944,219 +29939,223 @@
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>613311</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
-      <x:c r="E486" s="14" t="s"/>
-      <x:c r="F486" s="14" t="s"/>
+      <x:c r="E486" s="14" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F486" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
       <x:c r="G486" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>557333</x:v>
+        <x:v>583953</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>598122</x:v>
+        <x:v>557333</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>531716</x:v>
+        <x:v>611506</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>31663</x:v>
@@ -30166,51 +30165,51 @@
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>613313</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>110</x:v>
@@ -30223,51 +30222,51 @@
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>613306</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>31663</x:v>
@@ -30277,51 +30276,51 @@
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>613309</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>110</x:v>
@@ -30334,51 +30333,51 @@
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>557327</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31663</x:v>
@@ -30388,51 +30387,51 @@
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>557328</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>29</x:v>
@@ -30445,51 +30444,51 @@
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>543711</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>31663</x:v>
@@ -30499,51 +30498,51 @@
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>557323</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>110</x:v>
@@ -30556,51 +30555,51 @@
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>557336</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>31663</x:v>
@@ -30610,51 +30609,51 @@
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>613303</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>110</x:v>
@@ -30667,51 +30666,51 @@
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>557331</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>31663</x:v>
@@ -30721,51 +30720,51 @@
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>613304</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>110</x:v>
@@ -30778,105 +30777,105 @@
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>613307</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>567432</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>110</x:v>
@@ -30889,51 +30888,51 @@
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>613314</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>31663</x:v>
@@ -30943,51 +30942,51 @@
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>557324</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>110</x:v>
@@ -31000,51 +30999,51 @@
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>557330</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>31663</x:v>
@@ -31054,51 +31053,51 @@
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>557334</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>110</x:v>
@@ -31111,51 +31110,51 @@
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>557335</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>31663</x:v>
@@ -31165,51 +31164,51 @@
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>613305</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>110</x:v>
@@ -31641,79 +31640,79 @@
         <x:v>581154</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="Q516" s="16" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>556665</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
@@ -31903,111 +31902,111 @@
       <x:c r="H520" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="Q520" s="16" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>511113</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="Q521" s="4" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>558361</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
@@ -32052,554 +32051,554 @@
       <x:c r="S522" s="14" t="n">
         <x:v>616733</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>602939</x:v>
+        <x:v>497657</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>564092</x:v>
+        <x:v>499831</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>602267</x:v>
+        <x:v>499832</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>497657</x:v>
+        <x:v>548970</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>499831</x:v>
+        <x:v>612074</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>499832</x:v>
+        <x:v>557591</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>548970</x:v>
+        <x:v>564092</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>612074</x:v>
+        <x:v>602267</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>557591</x:v>
+        <x:v>602939</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">