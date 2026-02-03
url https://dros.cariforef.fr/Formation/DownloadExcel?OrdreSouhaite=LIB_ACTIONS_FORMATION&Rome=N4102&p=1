--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -398,71 +398,71 @@
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Université d'Etudes et de Loisirs des Alpes du Sud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UELAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Université d'Etudes et de Loisirs des Alpes du Sud</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FORMATION INITIALE TAXI PASSERELLE VTC VERS TAXI</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
@@ -488,162 +488,162 @@
   <x:si>
     <x:t>Formation taxi mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>Formation VTC recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite VTC</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie BE</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
   </x:si>
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite auto</x:t>
   </x:si>
   <x:si>
+    <x:t>12/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Conduite Française Cherri</x:t>
   </x:si>
   <x:si>
     <x:t>ECF CHERRI</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/29/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>01/01/2027 00:00:00</x:t>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Orange Auto-Ecole</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Vitrolles</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
-    <x:t>VITROLLES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Luberon Ecole de Conduite</x:t>
   </x:si>
   <x:si>
     <x:t>LEC</x:t>
   </x:si>
   <x:si>
     <x:t>13860</x:t>
   </x:si>
   <x:si>
     <x:t>PEYROLLES-EN-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>Auto-Ecole Capitou</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie BE avec code</x:t>
   </x:si>
@@ -2471,197 +2471,197 @@
         <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>612933</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>612924</x:v>
+        <x:v>494565</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>612931</x:v>
+        <x:v>612924</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>494565</x:v>
+        <x:v>612931</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
@@ -3417,194 +3417,195 @@
         <x:v>25</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>612899</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>362466</x:v>
+        <x:v>616635</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>612898</x:v>
+        <x:v>362466</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S45" s="0" t="n">
+        <x:v>612898</x:v>
+      </x:c>
+      <x:c r="T45" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="S45" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T45" s="4" t="s">
+      <x:c r="U45" s="4" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
@@ -4056,145 +4057,145 @@
         <x:v>25</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>598207</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>494575</x:v>
+        <x:v>598202</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>598202</x:v>
+        <x:v>494575</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>94</x:v>
@@ -4246,103 +4247,103 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>364595</x:v>
+        <x:v>364594</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>364594</x:v>
+        <x:v>364595</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>58</x:v>
@@ -4436,1116 +4437,1115 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="S62" s="14" t="n">
+        <x:v>601510</x:v>
+      </x:c>
+      <x:c r="T62" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q62" s="16" t="s">
+      <x:c r="U62" s="16" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="Q63" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>584691</x:v>
+        <x:v>602631</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>584692</x:v>
+        <x:v>584691</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>584697</x:v>
+        <x:v>584692</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>601510</x:v>
+        <x:v>584697</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="Q67" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>616790</x:v>
+        <x:v>600531</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>584693</x:v>
+        <x:v>584701</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-        <x:v>143</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>584694</x:v>
+        <x:v>616790</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>152</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>616791</x:v>
+        <x:v>584693</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>608562</x:v>
+        <x:v>584694</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>602719</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-        <x:v>143</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>584695</x:v>
+        <x:v>616791</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="Q74" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>584696</x:v>
+        <x:v>608562</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>609795</x:v>
+        <x:v>584695</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>584701</x:v>
+        <x:v>584696</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>584699</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>599826</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>600531</x:v>
+        <x:v>584700</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>584700</x:v>
+        <x:v>609795</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>599827</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
@@ -5564,51 +5564,51 @@
       <x:c r="J82" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>600683</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>179</x:v>
@@ -5640,84 +5640,84 @@
       <x:c r="R83" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>607208</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>584698</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>136</x:v>
@@ -5728,51 +5728,51 @@
       <x:c r="J85" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>602723</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>135</x:v>
       </x:c>