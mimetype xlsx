--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -554,72 +554,72 @@
   <x:si>
     <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture</x:t>
   </x:si>
   <x:si>
+    <x:t>LPA La Ricarde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84800</x:t>
+  </x:si>
+  <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
+    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA métiers du végétal : alimentation, ornement et environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA métiers du végétal : alimentation, ornement et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Vert d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06602</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
@@ -2730,154 +2730,154 @@
       <x:c r="S26" s="14" t="n">
         <x:v>548851</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>512511</x:v>
+        <x:v>549887</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>549887</x:v>
+        <x:v>512511</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -4898,504 +4898,504 @@
       <x:c r="R62" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>554259</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>595400</x:v>
+        <x:v>595406</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>595401</x:v>
+        <x:v>595400</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>595402</x:v>
+        <x:v>595401</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>595403</x:v>
+        <x:v>595402</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>595404</x:v>
+        <x:v>595403</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>595405</x:v>
+        <x:v>595404</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>595406</x:v>
+        <x:v>595405</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>595398</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>595399</x:v>
       </x:c>
@@ -5587,51 +5587,51 @@
       <x:c r="U74" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>596450</x:v>
       </x:c>
@@ -5644,162 +5644,162 @@
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>596451</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>596452</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>596449</x:v>
       </x:c>
@@ -6588,226 +6588,226 @@
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>447267</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>596652</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>596650</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>596651</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>596653</x:v>
       </x:c>