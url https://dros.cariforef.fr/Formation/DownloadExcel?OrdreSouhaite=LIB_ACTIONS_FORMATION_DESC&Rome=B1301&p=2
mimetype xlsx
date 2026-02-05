--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -212,156 +212,156 @@
   <x:si>
     <x:t>BREIL-SUR-ROYA</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Enscape - Logiciel rendu photorealiste</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention mode</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accessoire mode</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Les Côteaux</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 3 et 4</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>DN MADE mention espace</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Tourrache</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Designer en architecture d'intérieur blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>RC Forma</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Designer en architecture d'intérieur</x:t>
   </x:si>
   <x:si>
+    <x:t>Me Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Jeune 16-25 ans</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Designer en architecture d’intérieur</x:t>
   </x:si>
   <x:si>
     <x:t>Ace Education</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
@@ -1473,51 +1473,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>21752</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>595574</x:v>
+        <x:v>595573</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>36948</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
@@ -1530,216 +1530,216 @@
       <x:c r="K8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>21752</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>595573</x:v>
+        <x:v>595574</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>595570</x:v>
+        <x:v>595569</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>595569</x:v>
+        <x:v>595571</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>595571</x:v>
+        <x:v>595570</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
@@ -1917,51 +1917,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>587444</x:v>
+        <x:v>587446</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
@@ -1974,207 +1974,207 @@
       <x:c r="K16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>587446</x:v>
+        <x:v>587444</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>599455</x:v>
+        <x:v>547412</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>547412</x:v>
+        <x:v>599455</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>533833</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
@@ -3069,51 +3069,51 @@
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>554180</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -3242,51 +3242,51 @@
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>554181</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">