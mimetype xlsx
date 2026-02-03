--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -350,50 +350,62 @@
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARROS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cfa Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
@@ -422,62 +434,50 @@
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
@@ -899,60 +899,60 @@
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingéneria Projet</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser la préparation, l'entretien et la réparation courante des cycles et des vélos à assistance électrique - Bloc de compétences du titre professionnel Employé technicien-vendeur en matériel de sport</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
@@ -2471,734 +2471,735 @@
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>566635</x:v>
+        <x:v>605613</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
+      <x:c r="I16" s="16" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="R16" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="S16" s="14" t="n">
+        <x:v>566635</x:v>
+      </x:c>
+      <x:c r="T16" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="Q16" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="R16" s="14" t="s">
+      <x:c r="U16" s="16" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="R17" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
+      <x:c r="S17" s="0" t="n">
+        <x:v>604279</x:v>
+      </x:c>
+      <x:c r="T17" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="U17" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>602696</x:v>
+        <x:v>602691</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="S19" s="0" t="n">
+        <x:v>602696</x:v>
+      </x:c>
+      <x:c r="T19" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="R19" s="0" t="s">
+      <x:c r="U19" s="4" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="I20" s="16" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
+      <x:c r="R20" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="S20" s="14" t="n">
+        <x:v>601961</x:v>
+      </x:c>
+      <x:c r="T20" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="R20" s="14" t="s">
+      <x:c r="U20" s="16" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>546278</x:v>
+        <x:v>611169</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>611169</x:v>
+        <x:v>605456</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>605456</x:v>
+        <x:v>599905</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>599905</x:v>
+        <x:v>552985</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>552985</x:v>
+        <x:v>548174</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>548174</x:v>
+        <x:v>546278</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -3330,51 +3331,51 @@
       <x:c r="M29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>603092</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -3567,51 +3568,51 @@
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>555846</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -3742,51 +3743,51 @@
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>599157</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -3921,51 +3922,51 @@
       <x:c r="M39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>600638</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -4096,51 +4097,51 @@
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>599535</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -4331,51 +4332,51 @@
       <x:c r="M46" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>552000</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -4410,84 +4411,84 @@
         <x:v>548902</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>504559</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -4625,51 +4626,51 @@
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>602037</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
@@ -5000,84 +5001,84 @@
         <x:v>570743</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>546926</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -5176,84 +5177,84 @@
       <x:c r="S60" s="14" t="n">
         <x:v>605457</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>547266</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -5331,51 +5332,51 @@
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>602409</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
@@ -5453,51 +5454,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>555843</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5512,111 +5513,111 @@
       <x:c r="M66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>599839</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>604197</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
@@ -5631,51 +5632,51 @@
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>571695</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -5922,112 +5923,112 @@
       <x:c r="L73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>601041</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>601960</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -6109,51 +6110,51 @@
       <x:c r="M76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>612366</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -6550,51 +6551,51 @@
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>588061</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -6715,51 +6716,51 @@
       <x:c r="L87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>524651</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -6943,51 +6944,51 @@
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>602819</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -7194,84 +7195,84 @@
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>581577</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>551843</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -7307,256 +7308,256 @@
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>605092</x:v>
+        <x:v>583315</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>614298</x:v>
+        <x:v>566747</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>566747</x:v>
+        <x:v>605092</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>583315</x:v>
+        <x:v>614298</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -8199,101 +8200,101 @@
       <x:c r="M113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>616832</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>611852</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>50</x:v>
@@ -8357,51 +8358,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>597160</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -9065,51 +9066,51 @@
       <x:c r="J129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>568899</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36721</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -9402,54 +9403,54 @@
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>46328</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>520229</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">