--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -4013,132 +4013,132 @@
       <x:c r="R55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>595741</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>595517</x:v>
+        <x:v>595516</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>595516</x:v>
+        <x:v>595517</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>151</x:v>