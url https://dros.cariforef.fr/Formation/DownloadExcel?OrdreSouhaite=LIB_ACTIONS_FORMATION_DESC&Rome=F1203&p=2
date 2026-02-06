--- v0 (2025-12-16)
+++ v1 (2026-02-06)
@@ -185,93 +185,93 @@
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de la Terre et des planètes, environnement</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'ESTP - Grande école d'ingénieurs de la construction spécialité travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
@@ -1035,450 +1035,450 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="Q4" s="16" t="s">
+      <x:c r="S4" s="14" t="n">
+        <x:v>592219</x:v>
+      </x:c>
+      <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="R4" s="14" t="s">
+      <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>592224</x:v>
+        <x:v>592223</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>592222</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>592219</x:v>
+        <x:v>592221</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="Q8" s="16" t="s">
+      <x:c r="R8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="R8" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>592218</x:v>
+        <x:v>592224</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>592221</x:v>
+        <x:v>592218</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>592220</x:v>
+        <x:v>592222</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39518</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12254</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>592282</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>40449</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>62</x:v>
@@ -1495,51 +1495,51 @@
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12536</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>602150</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38058</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>