--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -260,140 +260,140 @@
   <x:si>
     <x:t>Responsable qualité sécurité environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Responsable management durable qualité sécurité environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Formaseq</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Environnement aménagement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formaseq</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Responsable management durable qualité sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>responsable management durable qualité sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>FORMEO-IEQT</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de système QSE</x:t>
   </x:si>
   <x:si>
     <x:t>Philippe Roux</x:t>
@@ -461,68 +461,68 @@
   <x:si>
     <x:t>Master mention traitement du signal et des images parcours compétences complémentaires en informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention traitement du signal et des images</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention risques et environnement parcours gestion territoriale des risques naturels et technologiques - Sciences du risque</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention qualité, hygiène, sécurité parcours systèmes de management et excellence opérationnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité hygiène sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention qualité, hygiène, sécurité parcours ingénierie des systèmes de management</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention qualité, hygiène, sécurité parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mécanique parcours fluids et solids</x:t>
@@ -566,71 +566,71 @@
   <x:si>
     <x:t>ST PAUL LES DURANCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie mécanique</x:t>
@@ -776,116 +776,116 @@
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des systèmes intégrés QSE (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq - Antenne Toulon</x:t>
   </x:si>
   <x:si>
-    <x:t>09/17/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de système qualité sécurité environnement en partenariat avec Groupe Kedge Business School (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion qualité</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie QSE/RSE (MS)</x:t>
   </x:si>
   <x:si>
+    <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
-    <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Maîtriser les mesures métrologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Métrologie</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser la métrologie en glossmétrie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle - Génie des procédés et bio procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
@@ -950,56 +950,56 @@
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : nutrition, alimentation parcours coordination de projet nutrition (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Produit diététique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
@@ -1268,54 +1268,54 @@
   <x:si>
     <x:t>Bachelor européen Qualité Sécurité Environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Animateur qualité sécurité environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Animation environnement</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2272,375 +2272,375 @@
       <x:c r="S8" s="14" t="n">
         <x:v>549301</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>509564</x:v>
+        <x:v>550649</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>550649</x:v>
+        <x:v>549333</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>35433</x:v>
+        <x:v>41446</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>549333</x:v>
+        <x:v>611018</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>41446</x:v>
+        <x:v>35433</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>611018</x:v>
+        <x:v>549302</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="U12" s="16" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>549302</x:v>
+        <x:v>509562</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>509562</x:v>
+        <x:v>509564</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -2653,383 +2653,383 @@
       <x:c r="K15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>569651</x:v>
+        <x:v>605104</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>603086</x:v>
+        <x:v>569651</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>546768</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="R18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="Q18" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>605104</x:v>
+        <x:v>603086</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>598970</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>596936</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31475</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>605983</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -3292,201 +3292,201 @@
       <x:c r="R26" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>591934</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591932</x:v>
+        <x:v>591931</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>591933</x:v>
+        <x:v>591932</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>591931</x:v>
+        <x:v>591933</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39265</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -3923,133 +3923,133 @@
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>574976</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>591874</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>591873</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
@@ -4519,54 +4519,54 @@
       <x:c r="I48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>591880</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -4698,227 +4698,227 @@
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>540578</x:v>
+        <x:v>591171</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="H52" s="14" t="s"/>
+      <x:c r="H52" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>592094</x:v>
+        <x:v>540578</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>592093</x:v>
+        <x:v>592094</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>591171</x:v>
+        <x:v>592093</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -5318,105 +5318,105 @@
       <x:c r="I62" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>591962</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>591963</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38690</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
@@ -5599,111 +5599,111 @@
       <x:c r="I67" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>597244</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>597243</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -6029,75 +6029,75 @@
       <x:c r="S74" s="14" t="n">
         <x:v>574944</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38706</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>11541</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>591855</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38704</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
@@ -6193,82 +6193,82 @@
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>591854</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>591851</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -6332,54 +6332,54 @@
       <x:c r="I80" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>591852</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38970</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -6794,54 +6794,54 @@
       <x:c r="I88" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>12036</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>591935</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -7042,57 +7042,57 @@
       <x:c r="K92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>547224</x:v>
+        <x:v>602788</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -7102,410 +7102,410 @@
       <x:c r="K93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>602788</x:v>
+        <x:v>547224</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>550295</x:v>
+        <x:v>602787</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>602787</x:v>
+        <x:v>550295</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37084</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>549328</x:v>
+        <x:v>549297</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37084</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>549297</x:v>
+        <x:v>549328</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>509526</x:v>
+        <x:v>546766</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>546766</x:v>
+        <x:v>546767</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -7514,514 +7514,514 @@
       <x:c r="K100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>603084</x:v>
+        <x:v>509526</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>569652</x:v>
+        <x:v>603084</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>509533</x:v>
+        <x:v>569652</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="Q103" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="R103" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="Q103" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>546767</x:v>
+        <x:v>509533</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>569653</x:v>
+        <x:v>603085</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>603085</x:v>
+        <x:v>569653</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="R106" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="S106" s="14" t="n">
+        <x:v>609315</x:v>
+      </x:c>
+      <x:c r="T106" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="R106" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>609315</x:v>
+        <x:v>599036</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>540596</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -8031,113 +8031,113 @@
       <x:c r="L109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>600228</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>549325</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -8194,171 +8194,171 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>510417</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41669</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>615944</x:v>
+        <x:v>615945</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>41669</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="Q114" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>615945</x:v>
+        <x:v>615944</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
@@ -8750,114 +8750,114 @@
         <x:v>124</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>592397</x:v>
+        <x:v>592398</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40231</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>592398</x:v>
+        <x:v>592397</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40300</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>45</x:v>
@@ -9072,222 +9072,222 @@
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>550286</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>40815</x:v>
+        <x:v>30126</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>31380</x:v>
+        <x:v>31608</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>605778</x:v>
+        <x:v>550285</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>30126</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>31608</x:v>
+        <x:v>31380</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>550285</x:v>
+        <x:v>605780</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>605780</x:v>
+        <x:v>605778</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -9460,54 +9460,54 @@
         <x:v>306</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>12576</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>606187</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38097</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
@@ -9693,54 +9693,54 @@
       <x:c r="I138" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>595663</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -10366,51 +10366,51 @@
         <x:v>345</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31475</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>574869</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>113</x:v>
@@ -10599,54 +10599,54 @@
       <x:c r="K154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>554901</x:v>
+        <x:v>603421</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -10659,57 +10659,57 @@
       <x:c r="K155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>603419</x:v>
+        <x:v>554902</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>357</x:v>
@@ -10720,54 +10720,54 @@
       <x:c r="K156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>603421</x:v>
+        <x:v>554901</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -10780,102 +10780,102 @@
       <x:c r="K157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>554902</x:v>
+        <x:v>603419</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>596950</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
@@ -11015,57 +11015,57 @@
       <x:c r="K161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>554900</x:v>
+        <x:v>603418</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>357</x:v>
@@ -11197,99 +11197,99 @@
       <x:c r="K164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>603418</x:v>
+        <x:v>554900</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>596949</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35360</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
@@ -11416,51 +11416,51 @@
       <x:c r="J168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>596774</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -11470,51 +11470,51 @@
       <x:c r="I169" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>575552</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>35368</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
@@ -11557,265 +11557,265 @@
       <x:c r="S170" s="14" t="n">
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>550310</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>611635</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>501478</x:v>
+        <x:v>611635</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>604287</x:v>
+        <x:v>501478</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -11922,122 +11922,122 @@
       <x:c r="G177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>12578</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>497982</x:v>
+        <x:v>497981</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36480</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>12578</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>497981</x:v>
+        <x:v>497982</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">