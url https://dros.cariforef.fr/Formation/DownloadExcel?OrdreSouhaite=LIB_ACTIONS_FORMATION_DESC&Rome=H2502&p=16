--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -398,125 +398,125 @@
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mécanique parcours fluids et solids</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique théorique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mécanique parcours feux et ingénierie de la sécurité incendie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mécanique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mécanique parcours aéronautique et transport</x:t>
   </x:si>
   <x:si>
     <x:t>master mention mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention ingénierie des systèmes complexes</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
     <x:t>Automatisme informatique industrielle</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie des systèmes complexes (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie des systèmes complexes</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité hygiène sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
@@ -680,81 +680,81 @@
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : industrie aéronautique double parcours maintenance aéronautique et technologie des aéronefs</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>TALLARD</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'industrie : industrie aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>ASSO GAP AERO TALLARD HAUTES ALPES</x:t>
   </x:si>
   <x:si>
     <x:t>05130</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : gestion de la production industrielle parcours chargé d'affaire en chaudronnerie industrielle en partenariat avec le CNAM (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Qualité industrielle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
   <x:si>
-    <x:t>Qualité industrielle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels parcours systèmes automatisés-robotique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>Métrologie dimensionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>09/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé du conservatoire national des arts et métiers spécialité génie industriel en convention avec l'université d'Avignon (Apprentissage)</x:t>
   </x:si>
@@ -3071,196 +3071,196 @@
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>591862</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>591859</x:v>
+        <x:v>591860</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591860</x:v>
+        <x:v>591861</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>591861</x:v>
+        <x:v>591859</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -3553,511 +3553,510 @@
       <x:c r="I34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>591872</x:v>
+        <x:v>591873</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>591873</x:v>
+        <x:v>591872</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>591982</x:v>
+        <x:v>591983</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>591983</x:v>
+        <x:v>591982</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>578592</x:v>
+        <x:v>615681</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>578591</x:v>
+        <x:v>578592</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="S40" s="14" t="n">
+        <x:v>578591</x:v>
+      </x:c>
+      <x:c r="T40" s="16" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="U40" s="16" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>128</x:v>
-[...2 lines deleted...]
-        <x:v>129</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="Q41" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>587824</x:v>
+        <x:v>591984</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>615681</x:v>
+        <x:v>587824</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5679,161 +5678,161 @@
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>592397</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>30128</x:v>
+        <x:v>40300</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>31652</x:v>
+        <x:v>31354</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>555735</x:v>
+        <x:v>605782</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>40300</x:v>
+        <x:v>30128</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>31354</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>605782</x:v>
+        <x:v>555735</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>177</x:v>
@@ -5844,51 +5843,51 @@
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>611498</x:v>
+        <x:v>611497</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -5904,51 +5903,51 @@
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>611497</x:v>
+        <x:v>611498</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>30126</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>168</x:v>
@@ -6169,82 +6168,82 @@
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>550286</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>592790</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>222</x:v>
@@ -6556,51 +6555,51 @@
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>12576</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>606187</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -6973,51 +6972,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>616027</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7030,51 +7029,51 @@
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>616026</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7548,51 +7547,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>595605</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37580</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7605,51 +7604,51 @@
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>595664</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37582</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7659,51 +7658,51 @@
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>595842</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38097</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7716,51 +7715,51 @@
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>595663</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37933</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7770,51 +7769,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35637</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7827,51 +7826,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>616028</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -7881,57 +7880,57 @@
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>605717</x:v>
+        <x:v>501077</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>170</x:v>
@@ -7942,57 +7941,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>555743</x:v>
+        <x:v>605717</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -8002,57 +8001,57 @@
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>501077</x:v>
+        <x:v>555743</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -8065,51 +8064,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>597135</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8119,51 +8118,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>616043</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>170</x:v>
@@ -8174,57 +8173,57 @@
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>501081</x:v>
+        <x:v>605716</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -8234,57 +8233,57 @@
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>550283</x:v>
+        <x:v>501081</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>170</x:v>
@@ -8295,57 +8294,57 @@
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>605716</x:v>
+        <x:v>550283</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -8361,51 +8360,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>605714</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>170</x:v>
@@ -8597,51 +8596,51 @@
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>592394</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
@@ -8817,51 +8816,51 @@
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>571908</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
@@ -8884,159 +8883,159 @@
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>612390</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>567142</x:v>
+        <x:v>566551</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>566551</x:v>
+        <x:v>567142</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>312</x:v>
@@ -9458,51 +9457,51 @@
       <x:c r="L137" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>613723</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
@@ -9560,51 +9559,51 @@
       <x:c r="L139" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>613714</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
@@ -9662,51 +9661,51 @@
       <x:c r="L141" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>613715</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>174</x:v>
@@ -9780,57 +9779,57 @@
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>603421</x:v>
+        <x:v>603419</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>330</x:v>
@@ -9841,57 +9840,57 @@
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>554902</x:v>
+        <x:v>603421</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -9901,57 +9900,57 @@
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>554901</x:v>
+        <x:v>554902</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>330</x:v>
@@ -9962,57 +9961,57 @@
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>603419</x:v>
+        <x:v>554901</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10082,51 +10081,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>596950</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -10441,51 +10440,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>596949</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35489</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10555,51 +10554,51 @@
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>596772</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35368</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -10609,103 +10608,103 @@
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>556141</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10718,169 +10717,169 @@
       <x:c r="I159" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>602523</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>596694</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>599727</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">