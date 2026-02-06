--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -689,59 +689,59 @@
   <x:si>
     <x:t>Relaxation Coréenne - Relation d'Aide par le Toucher</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Relaxation coréenne</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire Zu Dan</x:t>
   </x:si>
   <x:si>
     <x:t>Eloïse Mercier</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
+    <x:t>10/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/17/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Réflexologie plantaire thaïlandaise</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>Yoann Fonte</x:t>
   </x:si>
   <x:si>
     <x:t>06370</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire - Relation d'Aide par le Toucher</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Salarié , Tout public</x:t>
@@ -932,63 +932,63 @@
   <x:si>
     <x:t>Professeur de Yoga au Féminin</x:t>
   </x:si>
   <x:si>
     <x:t>Nathalie Pascaud</x:t>
   </x:si>
   <x:si>
     <x:t>83310</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Professeur de yoga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celine Dahan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2025 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Elise Maes - Elise Le Goff</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Femme , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module séniors et pratique examen</x:t>
   </x:si>
   <x:si>
     <x:t>Fit Studio</x:t>
   </x:si>
   <x:si>
     <x:t>83350</x:t>
   </x:si>
   <x:si>
     <x:t>Gymnastique douce</x:t>
   </x:si>
@@ -6344,110 +6344,110 @@
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>615220</x:v>
+        <x:v>560332</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>560332</x:v>
+        <x:v>615220</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="U58" s="16" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>39</x:v>
@@ -7854,148 +7854,147 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>578436</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>269</x:v>
-[...2 lines deleted...]
-        <x:v>269</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>553920</x:v>
+        <x:v>614475</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>290</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>269</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>614475</x:v>
+        <x:v>553920</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>39</x:v>
@@ -8565,51 +8564,51 @@
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>553917</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
@@ -9771,100 +9770,100 @@
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>472361</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>577227</x:v>
       </x:c>
@@ -9922,51 +9921,51 @@
         <x:v>543790</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>529778</x:v>
       </x:c>
@@ -10077,51 +10076,51 @@
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>588193</x:v>
       </x:c>
@@ -10649,51 +10648,51 @@
         <x:v>473727</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>616422</x:v>
       </x:c>
@@ -10702,51 +10701,51 @@
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>588195</x:v>
       </x:c>
@@ -12968,143 +12967,143 @@
       <x:c r="R185" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>570551</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>613248</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>490425</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
@@ -14666,189 +14665,189 @@
         <x:v>263</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>548727</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>572432</x:v>
+        <x:v>540642</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>597820</x:v>
+        <x:v>572432</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>540642</x:v>
+        <x:v>597820</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>543</x:v>
@@ -15394,192 +15393,191 @@
         <x:v>412</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>597743</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>410</x:v>
-[...2 lines deleted...]
-        <x:v>411</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>576857</x:v>
+        <x:v>598476</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>556</x:v>
-[...1 lines deleted...]
-      <x:c r="H234" s="14" t="s"/>
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s">
+        <x:v>411</x:v>
+      </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>544176</x:v>
+        <x:v>576857</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>598476</x:v>
+        <x:v>544176</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
@@ -15890,100 +15888,100 @@
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>557816</x:v>
+        <x:v>549168</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>549168</x:v>
+        <x:v>557816</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>363</x:v>
@@ -22283,51 +22281,51 @@
       <x:c r="L366" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>598429</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>25</x:v>
@@ -22463,51 +22461,51 @@
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>588191</x:v>
       </x:c>
@@ -24984,51 +24982,51 @@
       <x:c r="L417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>613597</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
@@ -28603,138 +28601,138 @@
       <x:c r="R487" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>564162</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>543596</x:v>
+        <x:v>551192</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>912</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>551192</x:v>
+        <x:v>543596</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
@@ -29352,51 +29350,51 @@
       <x:c r="L502" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>574178</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>936</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>38</x:v>