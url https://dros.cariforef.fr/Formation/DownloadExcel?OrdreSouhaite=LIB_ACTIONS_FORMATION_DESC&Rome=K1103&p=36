--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -266,59 +266,59 @@
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Massage esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>01/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>01/02/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>Arche Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapie corporelle</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2026 00:00:00</x:t>
@@ -464,74 +464,74 @@
   <x:si>
     <x:t>04/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Andralian</x:t>
   </x:si>
   <x:si>
     <x:t>IFS</x:t>
   </x:si>
   <x:si>
     <x:t>75003</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/27/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Sophrologie et sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé Jacquet</x:t>
   </x:si>
   <x:si>
     <x:t>IEPA</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2024 00:00:00</x:t>
@@ -737,65 +737,65 @@
   <x:si>
     <x:t>83440</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Femme</x:t>
   </x:si>
   <x:si>
     <x:t>TOURRETTES</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/08/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Réflexologie palmaire traditionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie et gestion des émotions</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique d'Etat , Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2027 00:00:00</x:t>
@@ -1031,71 +1031,71 @@
   <x:si>
     <x:t>Professeur de Pilates</x:t>
   </x:si>
   <x:si>
     <x:t>Be Pilates - Aurélie Bidart</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Hatha Yoga</x:t>
   </x:si>
   <x:si>
+    <x:t>Laurence Merchet Thau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Laurence Merchet Thau</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Professeur de garuda module seated standing</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda module Garuda Sling</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda module Apparatus A</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda Matwork Chaise</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique des piliers de la santé et des techniques de pareeksha selon l’ayurvéda</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2026 00:00:00</x:t>
@@ -1124,59 +1124,59 @@
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien TCC</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Profac</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
@@ -1529,92 +1529,92 @@
   <x:si>
     <x:t>04/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en Art Thérapie</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en Art Thérapie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Praticien en accompagnement au changement et la gestion du stress par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates pour seniors</x:t>
   </x:si>
   <x:si>
     <x:t>Prepa-Sports Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates - Utilisation du petit matériel</x:t>
@@ -1622,56 +1622,56 @@
   <x:si>
     <x:t>11/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Phytothérapie gemmothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olfactothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathie</x:t>
   </x:si>
   <x:si>
+    <x:t>Iffcn</x:t>
+  </x:si>
+  <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
-    <x:t>Iffcn</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Hippocratus</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
@@ -2768,57 +2768,57 @@
   <x:si>
     <x:t>Demandeur d'emploi , Elu , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Art thérapie en mouvement</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Aromathérapie énergétique et vibratoire</x:t>
   </x:si>
   <x:si>
     <x:t>Aromathérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/02/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Anatomie palpatoire</x:t>
   </x:si>
@@ -4013,117 +4013,117 @@
       <x:c r="J12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="S12" s="14" t="n">
+        <x:v>545825</x:v>
+      </x:c>
+      <x:c r="T12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="S12" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T12" s="16" t="s">
+      <x:c r="U12" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>545825</x:v>
+        <x:v>545827</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="U13" s="4" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -4135,54 +4135,54 @@
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>545823</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="U14" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
@@ -5071,145 +5071,143 @@
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>604520</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C33" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>133</x:v>
-[...2 lines deleted...]
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>616383</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="Q33" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C34" s="15" t="s"/>
+      <x:c r="C34" s="15" t="n">
+        <x:v>34546</x:v>
+      </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>120</x:v>
-[...1 lines deleted...]
-      <x:c r="J34" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>616383</x:v>
+        <x:v>428251</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
@@ -5441,79 +5439,79 @@
       <x:c r="R39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>574335</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>520789</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>103</x:v>
@@ -5545,79 +5543,79 @@
       <x:c r="R41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>579208</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>520790</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>103</x:v>
@@ -6726,75 +6724,75 @@
         <x:v>587880</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>587879</x:v>
+        <x:v>542237</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>214</x:v>
@@ -6803,159 +6801,159 @@
       <x:c r="K66" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>587881</x:v>
+        <x:v>587879</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>587882</x:v>
+        <x:v>587881</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="U67" s="4" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>542237</x:v>
+        <x:v>587882</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>44</x:v>
@@ -7886,51 +7884,51 @@
       <x:c r="I87" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>578436</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -8369,142 +8367,142 @@
         <x:v>314</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>580163</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>553917</x:v>
+        <x:v>569784</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>569784</x:v>
+        <x:v>553917</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>43</x:v>
@@ -8920,51 +8918,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>602498</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
@@ -9118,110 +9116,110 @@
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>551477</x:v>
+        <x:v>602500</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>602500</x:v>
+        <x:v>551477</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>44</x:v>
@@ -9541,51 +9539,51 @@
       <x:c r="M119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>573860</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
@@ -10054,262 +10052,262 @@
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>576874</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>576875</x:v>
+        <x:v>576876</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>576876</x:v>
+        <x:v>576879</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>576879</x:v>
+        <x:v>576875</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>559482</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
@@ -11653,51 +11651,51 @@
       <x:c r="M160" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>616356</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>44</x:v>
@@ -11921,377 +11919,377 @@
       <x:c r="R165" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>598448</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>576867</x:v>
+        <x:v>572416</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>576869</x:v>
+        <x:v>576867</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>96</x:v>
-[...1 lines deleted...]
-      <x:c r="H168" s="14" t="s"/>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s">
+        <x:v>407</x:v>
+      </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>612768</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>598478</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>406</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>613248</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>572416</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>572417</x:v>
       </x:c>
@@ -12299,51 +12297,51 @@
         <x:v>492</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>572418</x:v>
       </x:c>
@@ -12382,51 +12380,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>575803</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>44</x:v>
@@ -12477,527 +12475,527 @@
         <x:v>408</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>576872</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>490425</x:v>
+        <x:v>570551</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>417</x:v>
-[...1 lines deleted...]
-      <x:c r="H178" s="14" t="s"/>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>598480</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>579510</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>406</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>576870</x:v>
+        <x:v>579510</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>598477</x:v>
+        <x:v>576870</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>488540</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>612767</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>611917</x:v>
+        <x:v>612767</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>570551</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
@@ -13309,51 +13307,51 @@
       <x:c r="L192" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>580517</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>43</x:v>
@@ -13772,106 +13770,106 @@
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>576861</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>576864</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
@@ -13879,51 +13877,51 @@
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>576862</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>412</x:v>
@@ -13934,153 +13932,153 @@
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>576863</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>616460</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>587282</x:v>
+        <x:v>586478</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>178</x:v>
@@ -14100,89 +14098,89 @@
       <x:c r="R207" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>516079</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="Q208" s="16" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="R208" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="Q208" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>586478</x:v>
+        <x:v>587282</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
@@ -14406,74 +14404,74 @@
       <x:c r="R213" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>597820</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>574024</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
@@ -14559,72 +14557,72 @@
         <x:v>255</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>540642</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>572432</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
@@ -14859,158 +14857,155 @@
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>576857</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>406</x:v>
-[...2 lines deleted...]
-        <x:v>407</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>576860</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>576859</x:v>
+        <x:v>576860</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
@@ -15030,296 +15025,297 @@
       <x:c r="R225" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>521160</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>417</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>407</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>598475</x:v>
+        <x:v>576859</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>598472</x:v>
+        <x:v>598474</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>544176</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>406</x:v>
-[...2 lines deleted...]
-        <x:v>407</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>597743</x:v>
+        <x:v>544176</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>545</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s"/>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
+        <x:v>407</x:v>
+      </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>520727</x:v>
+        <x:v>597743</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
@@ -15327,104 +15323,104 @@
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>576856</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>598474</x:v>
+        <x:v>520727</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>44</x:v>
@@ -15534,51 +15530,51 @@
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>576848</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
@@ -15633,51 +15629,51 @@
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>588091</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
@@ -16472,51 +16468,51 @@
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>579985</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
@@ -17612,138 +17608,138 @@
       <x:c r="R275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>551163</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>615124</x:v>
+        <x:v>551184</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>551184</x:v>
+        <x:v>615124</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
@@ -18071,140 +18067,140 @@
         <x:v>205</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>577479</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>510312</x:v>
+        <x:v>551208</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>551208</x:v>
+        <x:v>510312</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>44</x:v>
@@ -18364,94 +18360,94 @@
       <x:c r="M290" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>586748</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>614398</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18670,51 +18666,51 @@
       <x:c r="L296" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>615228</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>43</x:v>
@@ -20267,135 +20263,135 @@
       <x:c r="R327" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>552601</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>552603</x:v>
+        <x:v>597610</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>597610</x:v>
+        <x:v>552603</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
@@ -20930,140 +20926,140 @@
         <x:v>627</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>588039</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>577512</x:v>
+        <x:v>543611</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>543611</x:v>
+        <x:v>577512</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
@@ -21544,51 +21540,51 @@
       <x:c r="M352" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>606653</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
@@ -22178,106 +22174,106 @@
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>585888</x:v>
+        <x:v>579929</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>744</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>579929</x:v>
+        <x:v>585888</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
@@ -23398,195 +23394,194 @@
         <x:v>770</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>546117</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>406</x:v>
-[...2 lines deleted...]
-        <x:v>407</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>576839</x:v>
+        <x:v>546527</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>460</x:v>
-[...1 lines deleted...]
-      <x:c r="H388" s="14" t="s"/>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s">
+        <x:v>407</x:v>
+      </x:c>
       <x:c r="I388" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>546527</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>576837</x:v>
+        <x:v>576839</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>412</x:v>
@@ -23597,156 +23592,155 @@
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>576838</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>406</x:v>
-[...2 lines deleted...]
-        <x:v>407</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>576840</x:v>
+        <x:v>546492</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>460</x:v>
-[...1 lines deleted...]
-      <x:c r="H392" s="14" t="s"/>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s">
+        <x:v>407</x:v>
+      </x:c>
       <x:c r="I392" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>546492</x:v>
+        <x:v>576840</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>44</x:v>
@@ -24209,51 +24203,51 @@
       <x:c r="L402" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>488932</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>43</x:v>
@@ -24570,51 +24564,51 @@
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>576834</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>412</x:v>
@@ -24625,103 +24619,103 @@
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>576833</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>576836</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>412</x:v>
@@ -24732,51 +24726,51 @@
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>576835</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>44</x:v>
@@ -24836,91 +24830,91 @@
       <x:c r="M414" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>470262</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>578435</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
@@ -25144,51 +25138,51 @@
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>576823</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
@@ -25196,260 +25190,259 @@
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>576826</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>576830</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>581290</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>520</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>407</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>574195</x:v>
+        <x:v>576827</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>406</x:v>
-[...2 lines deleted...]
-        <x:v>407</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>576827</x:v>
+        <x:v>574195</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
@@ -25600,51 +25593,51 @@
       <x:c r="I429" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>587179</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -25755,51 +25748,51 @@
         <x:v>418</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>570661</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>184</x:v>
@@ -26984,51 +26977,51 @@
         <x:v>882</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>491243</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>24</x:v>
@@ -27551,60 +27544,60 @@
       <x:c r="I467" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>576812</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
@@ -27665,51 +27658,51 @@
       <x:c r="M469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>576809</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>412</x:v>
@@ -27720,51 +27713,51 @@
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>576810</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>44</x:v>
@@ -27824,51 +27817,51 @@
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>576808</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>44</x:v>
@@ -28025,51 +28018,51 @@
       <x:c r="L476" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>571122</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>26</x:v>
@@ -28100,130 +28093,130 @@
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>574190</x:v>
+        <x:v>548353</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>899</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>548353</x:v>
+        <x:v>574190</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="U479" s="4" t="s">
         <x:v>901</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
@@ -28946,153 +28939,153 @@
       <x:c r="M494" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>520570</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>616378</x:v>
+        <x:v>585299</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>926</x:v>
+        <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>585299</x:v>
+        <x:v>616378</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>927</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>928</x:v>
+        <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>178</x:v>