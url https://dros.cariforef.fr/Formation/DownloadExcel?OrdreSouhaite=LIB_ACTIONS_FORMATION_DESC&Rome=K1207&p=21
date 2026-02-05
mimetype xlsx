--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -722,56 +722,56 @@
   <x:si>
     <x:t>Haute école du travail et de l'intervention sociale</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 02</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse (IFTS) - site d'Ollioules</x:t>
   </x:si>
   <x:si>
     <x:t>83192</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence Provence-Alpes-Côte d'Azur et Corse (IFTS) - Site d'Ollioules</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'éducateur spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
@@ -821,62 +821,62 @@
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Infrep Association - Cfa de l'Education Populaire</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'Enseignement - Fédération des Oeuvres Laïques du Var</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'État de moniteur éducateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État de moniteur éducateur (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>diplôme d'État de moniteur éducateur</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme d'État de moniteur éducateur</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
@@ -935,153 +935,153 @@
   <x:si>
     <x:t>Coordinateur d'inclusion sociale, médico-sociale et professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Arobase Formations Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Adaptation sociale</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours éducation spécialisée (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/30/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité carrières sociales parcours éducation spécialisée</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation socioculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Animation enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Animation socioculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro animation - enfance et personnes âgées (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Gustave Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro animation - enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Pastré</x:t>
   </x:si>
   <x:si>
+    <x:t>LP A Briand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jeanne d'Arc - Campus Vincentien d'Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jeanne d'Arc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Palmiers</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP G Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13682</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Ferrages</x:t>
   </x:si>
   <x:si>
     <x:t>13250</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-CHAMAS</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP B Pascal</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Mongrand</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
@@ -4962,153 +4962,153 @@
         <x:v>505687</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>599107</x:v>
+        <x:v>547049</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>452803</x:v>
+        <x:v>599107</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>181</x:v>
@@ -5204,87 +5204,87 @@
         <x:v>496210</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>479309</x:v>
+        <x:v>452803</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -5297,242 +5297,242 @@
       <x:c r="J65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>479314</x:v>
+        <x:v>479309</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>452809</x:v>
+        <x:v>479314</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>547049</x:v>
+        <x:v>607645</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>607645</x:v>
+        <x:v>496209</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -5542,172 +5542,172 @@
       <x:c r="K69" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>496209</x:v>
+        <x:v>599104</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>599104</x:v>
+        <x:v>505686</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>505686</x:v>
+        <x:v>452809</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>179</x:v>
@@ -6936,153 +6936,151 @@
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>578463</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>193</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>471031</x:v>
+        <x:v>578270</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>578170</x:v>
+        <x:v>578273</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
@@ -7092,738 +7090,741 @@
       <x:c r="J96" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>578270</x:v>
+        <x:v>578170</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>578273</x:v>
+        <x:v>471031</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>471014</x:v>
+        <x:v>529893</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>41747</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>615912</x:v>
+        <x:v>578462</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>41747</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>615915</x:v>
+        <x:v>578271</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>578266</x:v>
+        <x:v>471013</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>578267</x:v>
+        <x:v>471032</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>529893</x:v>
+        <x:v>578272</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>578462</x:v>
+        <x:v>471014</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>41747</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>578271</x:v>
+        <x:v>615912</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>37676</x:v>
+        <x:v>41747</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>578272</x:v>
+        <x:v>615915</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>471013</x:v>
+        <x:v>578266</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>471032</x:v>
+        <x:v>578267</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -9669,54 +9670,54 @@
       <x:c r="I139" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="R139" s="0" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>536429</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -9992,344 +9993,347 @@
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>547043</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>492</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>496202</x:v>
+        <x:v>599092</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>496204</x:v>
+        <x:v>496202</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>599770</x:v>
+        <x:v>496204</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>599092</x:v>
+        <x:v>599770</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>592296</x:v>
+        <x:v>529890</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10390,232 +10394,230 @@
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>567158</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>578258</x:v>
+        <x:v>592296</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>578260</x:v>
+        <x:v>578258</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>492</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>529890</x:v>
+        <x:v>578260</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>54</x:v>
@@ -10634,51 +10636,51 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>578953</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G156" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
@@ -10695,51 +10697,51 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>575921</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>40</x:v>
@@ -10811,51 +10813,51 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>578444</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
@@ -10871,51 +10873,51 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>553531</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G160" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>54</x:v>
@@ -10934,51 +10936,51 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>578954</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>40</x:v>
@@ -11050,51 +11052,51 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>533094</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>44072</x:v>
@@ -11163,51 +11165,51 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>578442</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
@@ -11223,51 +11225,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>525313</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
@@ -11284,321 +11286,321 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>531520</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>227</x:v>
-[...2 lines deleted...]
-        <x:v>228</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>527411</x:v>
+        <x:v>578257</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>528956</x:v>
+        <x:v>578264</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
+      <x:c r="E169" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>578257</x:v>
+        <x:v>527411</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s"/>
+      <x:c r="E170" s="14" t="s">
+        <x:v>222</x:v>
+      </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>578264</x:v>
+        <x:v>528956</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="R171" s="0" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>546068</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
@@ -11630,51 +11632,51 @@
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>529889</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44072</x:v>
@@ -11684,51 +11686,51 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>592295</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>40</x:v>
@@ -11798,51 +11800,51 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>578439</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11857,51 +11859,51 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>578440</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
@@ -11917,51 +11919,51 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>528942</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>54</x:v>
@@ -11980,51 +11982,51 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>576246</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>44072</x:v>
@@ -12082,116 +12084,116 @@
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>529888</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>578262</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>79</x:v>
@@ -12204,51 +12206,51 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>578265</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>40</x:v>
@@ -12261,99 +12263,99 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>567154</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>567157</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -12436,51 +12438,51 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>567156</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>40</x:v>
@@ -12493,112 +12495,112 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>567159</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>525314</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>54</x:v>
@@ -12617,51 +12619,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>578499</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G190" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>54</x:v>
@@ -12680,51 +12682,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>575899</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>54</x:v>
@@ -12743,51 +12745,51 @@
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>575900</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>40</x:v>
@@ -12800,51 +12802,51 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>592297</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
@@ -12860,110 +12862,110 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>534264</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>529887</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44072</x:v>
@@ -12973,51 +12975,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>615865</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>79</x:v>
@@ -13030,51 +13032,51 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>578261</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>54</x:v>
@@ -13829,60 +13831,60 @@
       <x:c r="J210" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="S210" s="14" t="n">
+        <x:v>453828</x:v>
+      </x:c>
+      <x:c r="T210" s="16" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="U210" s="16" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -13892,57 +13894,57 @@
       <x:c r="K211" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>453828</x:v>
+        <x:v>603395</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>189</x:v>
@@ -13950,168 +13952,168 @@
       <x:c r="J212" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>603395</x:v>
+        <x:v>554852</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>554852</x:v>
+        <x:v>554853</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>596688</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -14197,111 +14199,111 @@
       <x:c r="M216" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>603393</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>554850</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>189</x:v>
@@ -14318,102 +14320,102 @@
       <x:c r="M218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>453827</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>554849</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
@@ -14426,51 +14428,51 @@
       <x:c r="J220" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>596689</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -14658,327 +14660,327 @@
       <x:c r="K224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>594088</x:v>
+        <x:v>594094</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>594091</x:v>
+        <x:v>594096</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>594098</x:v>
+        <x:v>594101</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>594094</x:v>
+        <x:v>594088</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>594096</x:v>
+        <x:v>594091</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="Q229" s="4" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="R229" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q229" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>594101</x:v>
+        <x:v>594098</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
@@ -15486,51 +15488,51 @@
       <x:c r="J239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>594104</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">