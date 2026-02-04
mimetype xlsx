--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -233,81 +233,81 @@
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours justices et droit du procès</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours droit et pratique des contentieux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>master mention justice, procès et procédures</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours sécurité intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours matière pénale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours délinquance financière et compliance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours criminologie</x:t>
   </x:si>
@@ -1252,51 +1252,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>597247</x:v>
+        <x:v>597245</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -1306,99 +1306,99 @@
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>597245</x:v>
+        <x:v>597247</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>597246</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
@@ -1732,81 +1732,81 @@
       <x:c r="R16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>576323</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>597450</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>