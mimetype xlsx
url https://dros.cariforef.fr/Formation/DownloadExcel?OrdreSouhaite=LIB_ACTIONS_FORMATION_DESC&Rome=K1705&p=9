--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -566,77 +566,77 @@
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Athéna Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et actualisation des compétences de sauveteur secouriste du travail (MAC SST)</x:t>
   </x:si>
   <x:si>
+    <x:t>Rescue Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>CCIPA</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Rescue Formation Conseil</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et actualisation des compétences de formateur sauveteur secouriste du travail</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Maintenir et actualiser ses compétences de Sauveteur secouriste du travail (MAC SST) </x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
@@ -668,65 +668,65 @@
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/17/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
   </x:si>
   <x:si>
     <x:t>Accident travail maladie professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
@@ -881,113 +881,113 @@
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Alpes Formations Conseils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
-    <x:t>Alpes Formations Conseils</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAC FORMATEUR SST</x:t>
   </x:si>
   <x:si>
     <x:t>Actimmis</x:t>
   </x:si>
   <x:si>
     <x:t>LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/08/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/20/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
     <x:t>Gestes qui sauvent</x:t>
   </x:si>
   <x:si>
     <x:t>Formation de Formateur sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation formateur sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bird Formation</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
@@ -1406,126 +1406,126 @@
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Eureka</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Etincelle</x:t>
   </x:si>
   <x:si>
     <x:t>13710</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Access Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>IFPST</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/10/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/16/2026 00:00:00</x:t>
+    <x:t>Convergence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/07/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Ag2v Management</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Access Formation</x:t>
-[...2 lines deleted...]
-    <x:t>10/25/2024 00:00:00</x:t>
+    <x:t>07/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir acteur en Sauvetage Secourisme du Travail (SST) - PRS001</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
@@ -4323,109 +4323,109 @@
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>616858</x:v>
+        <x:v>598166</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="H43" s="0" t="s">
+      <x:c r="I43" s="4" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="R43" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="R43" s="0" t="s">
+      <x:c r="S43" s="0" t="n">
+        <x:v>616858</x:v>
+      </x:c>
+      <x:c r="T43" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="S43" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
@@ -4449,81 +4449,81 @@
         <x:v>62</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>600628</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>598139</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -4608,82 +4608,82 @@
       <x:c r="R47" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>614942</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>616866</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>61</x:v>
@@ -5408,51 +5408,51 @@
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>586854</x:v>
+        <x:v>586864</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>183</x:v>
@@ -5461,100 +5461,100 @@
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>586868</x:v>
+        <x:v>586858</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>586858</x:v>
+        <x:v>586861</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>183</x:v>
@@ -5563,100 +5563,100 @@
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>586861</x:v>
+        <x:v>586854</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>586864</x:v>
+        <x:v>586868</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>132</x:v>
@@ -6737,54 +6737,54 @@
       <x:c r="L89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>591690</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
@@ -8651,139 +8651,140 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>590549</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>608266</x:v>
+        <x:v>613260</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>271</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>613260</x:v>
+        <x:v>608266</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>35</x:v>
@@ -9042,465 +9043,465 @@
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>605410</x:v>
+        <x:v>605406</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>605404</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="U135" s="4" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>605403</x:v>
+        <x:v>605410</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>605411</x:v>
+        <x:v>605403</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>605408</x:v>
+        <x:v>605411</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>605409</x:v>
+        <x:v>605408</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>605412</x:v>
+        <x:v>605409</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>605413</x:v>
+        <x:v>605412</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="U141" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>605406</x:v>
+        <x:v>605413</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="U142" s="16" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>120</x:v>
@@ -12022,94 +12023,94 @@
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>616608</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>598675</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -12331,51 +12332,51 @@
       <x:c r="L198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>615385</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>35</x:v>
@@ -12697,51 +12698,51 @@
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>598247</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
@@ -14541,51 +14542,51 @@
       <x:c r="L241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>586811</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
@@ -14661,1427 +14662,1428 @@
       <x:c r="R243" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>615392</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>597902</x:v>
+        <x:v>598245</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="Q245" s="4" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="R245" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S245" s="0" t="n">
+        <x:v>598246</x:v>
+      </x:c>
+      <x:c r="T245" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="Q245" s="4" t="s">
+      <x:c r="U245" s="4" t="s">
         <x:v>446</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>450</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>603860</x:v>
+        <x:v>610901</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>605121</x:v>
+        <x:v>602837</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>278</x:v>
-[...1 lines deleted...]
-      <x:c r="H248" s="14" t="s"/>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s">
+        <x:v>231</x:v>
+      </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>605124</x:v>
+        <x:v>597902</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>605134</x:v>
+        <x:v>578873</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>615322</x:v>
+        <x:v>546337</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>598245</x:v>
+        <x:v>603860</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>393</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>598246</x:v>
+        <x:v>605121</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>610901</x:v>
+        <x:v>605124</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>586816</x:v>
+        <x:v>605134</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>608261</x:v>
+        <x:v>615322</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>608262</x:v>
+        <x:v>600704</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>602837</x:v>
+        <x:v>599730</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>600704</x:v>
+        <x:v>613858</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>599730</x:v>
+        <x:v>586816</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>613858</x:v>
+        <x:v>608261</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>567051</x:v>
+        <x:v>608262</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>546337</x:v>
+        <x:v>567051</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="Q263" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="R263" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="S263" s="0" t="n">
+        <x:v>610904</x:v>
+      </x:c>
+      <x:c r="T263" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="U263" s="4" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>610904</x:v>
+        <x:v>608258</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>608258</x:v>
+        <x:v>586808</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>586808</x:v>
+        <x:v>586812</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>586812</x:v>
+        <x:v>586815</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>586815</x:v>
+        <x:v>602803</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>602803</x:v>
+        <x:v>602806</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>602806</x:v>
+        <x:v>614263</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>35</x:v>
@@ -16241,51 +16243,51 @@
       <x:c r="L274" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>610763</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>35</x:v>
@@ -16550,51 +16552,51 @@
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>591678</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
@@ -17366,51 +17368,51 @@
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>591685</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
@@ -17876,51 +17878,51 @@
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>591688</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
@@ -18425,51 +18427,51 @@
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>606100</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
@@ -18541,51 +18543,51 @@
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>602707</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>