--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -311,113 +311,113 @@
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours didactique des mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours analyse de modèles déterministes et aléatoires</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours  informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention mathématiques et applications</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention mathématiques et applications</x:t>
   </x:si>
   <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>13288</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-13e</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours mathématiques appliquées et sciences sociales (MASS) - Analyse des populations</x:t>
   </x:si>
   <x:si>
     <x:t>Statistique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours ingénierie mathématiques et sciences actuarielles</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours Data Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention mathématiques appliquées, statistique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention humanités parcours humanités</x:t>
   </x:si>
   <x:si>
     <x:t>Culture civilisation</x:t>
   </x:si>
   <x:si>
     <x:t>master mention humanités</x:t>
@@ -530,159 +530,159 @@
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/08/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formateur habilitation électrique, véhicules et engins électriques ou hybrides NFC18550</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir Formateur Professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>PdrX-Center by deboss’autos</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/05/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Découvrir les modalités pédagogiques à l'ère du numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Guiguichard - getalearn</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénierie formation pédagogie</x:t>
   </x:si>
   <x:si>
+    <x:t>LE LUC EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
-    <x:t>11/05/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir et animer une formation dans un espace collaboratif : Mural</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir et animer une formation dans un espace collaboratif : Klaxoon</x:t>
   </x:si>
   <x:si>
     <x:t>Animer une formation en présentiel augmenté</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Animer une classe virtuelle engageante</x:t>
   </x:si>
   <x:si>
     <x:t>Animer et évaluer sa formation avec Chat GPT</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -2283,492 +2283,493 @@
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>588103</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592126</x:v>
+        <x:v>581566</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592127</x:v>
+        <x:v>592125</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>592125</x:v>
+        <x:v>592126</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592124</x:v>
+        <x:v>592127</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="R25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592122</x:v>
+        <x:v>592124</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592123</x:v>
+        <x:v>592121</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592121</x:v>
+        <x:v>592122</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>581566</x:v>
+        <x:v>592123</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -2971,192 +2972,192 @@
       <x:c r="R32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>581565</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>592111</x:v>
+        <x:v>592112</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592112</x:v>
+        <x:v>592111</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>592110</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39479</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
@@ -3422,141 +3423,141 @@
       <x:c r="R40" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>592114</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>592113</x:v>
+        <x:v>592115</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592115</x:v>
+        <x:v>592113</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -3676,203 +3677,203 @@
       <x:c r="I45" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>595482</x:v>
+        <x:v>595483</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>595483</x:v>
+        <x:v>595484</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>595484</x:v>
+        <x:v>595482</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>538096</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -4154,100 +4155,100 @@
       <x:c r="K54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>597984</x:v>
+        <x:v>597981</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>597981</x:v>
+        <x:v>597982</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>145</x:v>
@@ -4256,51 +4257,51 @@
       <x:c r="K56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>597982</x:v>
+        <x:v>597984</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>39</x:v>
@@ -4311,51 +4312,51 @@
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>597975</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
@@ -4364,51 +4365,51 @@
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>597976</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
@@ -4568,202 +4569,202 @@
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>597978</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>588362</x:v>
+        <x:v>588356</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>588369</x:v>
+        <x:v>588362</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>588356</x:v>
+        <x:v>588369</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="U65" s="4" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -4772,51 +4773,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>588359</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
@@ -4952,328 +4953,328 @@
       <x:c r="A70" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>602914</x:v>
+        <x:v>602915</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>602915</x:v>
+        <x:v>602914</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>602911</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>602912</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>602909</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>602910</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
@@ -5282,406 +5283,406 @@
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>602898</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>602899</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>602896</x:v>
+        <x:v>602887</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>602887</x:v>
+        <x:v>602900</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>602900</x:v>
+        <x:v>602896</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>602886</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>602956</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>602958</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>