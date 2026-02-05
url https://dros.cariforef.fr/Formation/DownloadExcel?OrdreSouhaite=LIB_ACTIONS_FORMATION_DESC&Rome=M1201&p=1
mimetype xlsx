--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -719,60 +719,60 @@
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en analyse financière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert des marchés financiers blocs de compétences BC01 - BC02 - BC03 - BC04 - BC05</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert des marchés financiers BC05 Option 1 (Activité Front-Office) : Développer la croissance d’une entreprise sur les marchés financiers</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
@@ -6146,258 +6146,258 @@
       <x:c r="R84" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>573233</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>537667</x:v>
+        <x:v>573234</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>573230</x:v>
+        <x:v>573237</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>573234</x:v>
+        <x:v>537667</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>573237</x:v>
+        <x:v>573230</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -7197,51 +7197,51 @@
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>610186</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -8031,51 +8031,51 @@
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>610177</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -8085,51 +8085,51 @@
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>610196</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -8142,51 +8142,51 @@
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>588030</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -8196,51 +8196,51 @@
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>591111</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -8286,243 +8286,243 @@
         <x:v>32</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>591113</x:v>
+        <x:v>588031</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>588031</x:v>
+        <x:v>588032</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>588032</x:v>
+        <x:v>591110</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>591110</x:v>
+        <x:v>591113</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>234</x:v>
       </x:c>