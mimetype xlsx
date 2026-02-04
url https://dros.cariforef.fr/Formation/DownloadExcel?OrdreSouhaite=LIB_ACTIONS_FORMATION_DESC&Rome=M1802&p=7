--- v1 (2026-02-04)
+++ v2 (2026-02-04)
@@ -413,56 +413,56 @@
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité infrastructure et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture réseau</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - infrastructure et réseaux (Apprentissage)</x:t>
@@ -575,50 +575,59 @@
   <x:si>
     <x:t>M2i Skills</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
@@ -635,113 +644,104 @@
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2027 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Cordeille Formation - Externat Saint Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/28/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
@@ -1193,68 +1193,68 @@
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en infrastructures et cybersécurité des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
+    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en architecture et applications logicielles des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture web</x:t>
@@ -1748,62 +1748,62 @@
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie et science des données</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/27/2028 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Génie logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Apprentissage)</x:t>
@@ -1883,116 +1883,626 @@
   <x:si>
     <x:t>Expert en cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>expert en cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité informatique parcours réalisation d'applications : conception, développement, validation (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité informatique parcours réalisation d'applications : conception, développement, validation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blockchain - Module expert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blockchain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor Européen Informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé , Profession libérale , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor en sciences et ingénierie - informatique et cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bachelor cybersécurité (Ynov)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac techno sciences et technologies de l'industrie et du développement durable systèmes d'information et numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Éloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée L Pasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P G de Gennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO modèle électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Léonard de Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO La Salle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A de Tocqueville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Apollinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Adam de Craponne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée T Edison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Ste-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Janetti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Renoir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Louis - Ste-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIGNAC-LA-NERTHE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée R Goscinny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte de systèmes d'information (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte de systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>architecte de systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte de systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animer un programme de sensibilisation à la cybersécurité et à l’hygiène numérique (méthodologie Cyberpark)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Android Kotlin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Android</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Android Java</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement application mobile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse de données - bootcamp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adopter des pratiques numériques responsables - Agir pour un avenir durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Informatique verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administration réseaux sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G-Sys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administration d'un serveur Linux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administrateur systèmes et réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réseau local</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Active Directory : Initiation + Approfondissement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en architecture informatique (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole 42 - Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>13001</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Manpeva Consulting</x:t>
   </x:si>
   <x:si>
-    <x:t>13120</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Audit informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>GARDANNE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Master</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Expert</x:t>
   </x:si>
   <x:si>
     <x:t>Data analyst : module expert</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseil Régional</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Data Analyst - Diplôme d'établissement</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité avancé : hacking et sécurité réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité - Protéger son entreprise TPE/PME et assurer sa conformité (RGPD / NIS 2)</x:t>
   </x:si>
   <x:si>
     <x:t>Kouta Services- Al-Habib Ivoulsou</x:t>
@@ -2009,167 +2519,110 @@
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité  Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Cybersécurité (ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Création de maquette multi - plateformes avec Figma</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur intégrateur de solutions en Internet des objets (IoT) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur développeur d'applications (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Développement application mobile</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences Numériques - Accroître vos Opportunités Professionnelles avec l'Informatique et Internet</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Ferry</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
-    <x:t>CANNES CEDEX</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Vauvenargues</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international de Valbonne</x:t>
   </x:si>
   <x:si>
     <x:t>06902</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
@@ -2234,540 +2687,87 @@
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>LP École libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
-    <x:t>83408</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CentraleDigitalLab</x:t>
   </x:si>
   <x:si>
     <x:t>Intelligence artificielle</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cloud Computing</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité</x:t>
-  </x:si>
-[...430 lines deleted...]
-    <x:t>Active Directory : Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -7521,144 +7521,145 @@
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>559218</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>613588</x:v>
+        <x:v>613731</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>613731</x:v>
+        <x:v>613588</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -8617,619 +8618,619 @@
       <x:c r="S102" s="14" t="n">
         <x:v>549019</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>555058</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="R104" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="S104" s="14" t="n">
+        <x:v>553577</x:v>
+      </x:c>
+      <x:c r="T104" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="R104" s="14" t="s">
+      <x:c r="U104" s="16" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>607731</x:v>
+        <x:v>555058</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>558745</x:v>
+        <x:v>552931</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>179</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>549377</x:v>
+        <x:v>607731</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>549514</x:v>
+        <x:v>558745</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>614700</x:v>
+        <x:v>549377</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>553577</x:v>
+        <x:v>549514</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>549515</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>605529</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -9261,91 +9262,91 @@
         <x:v>605580</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>549513</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -9471,111 +9472,111 @@
       <x:c r="L117" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>601940</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>587738</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9602,115 +9603,115 @@
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>558379</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>545464</x:v>
+        <x:v>587738</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>581511</x:v>
       </x:c>
@@ -9804,51 +9805,51 @@
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>599461</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -10140,51 +10141,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -10667,66 +10668,66 @@
       <x:c r="U138" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>581515</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
@@ -10756,51 +10757,51 @@
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>608141</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -10813,51 +10814,51 @@
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -10938,76 +10939,76 @@
         <x:v>600777</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>578375</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>24</x:v>
@@ -11435,51 +11436,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>615187</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -11750,51 +11751,51 @@
       <x:c r="J159" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>575009</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
@@ -11809,51 +11810,51 @@
       <x:c r="J160" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>581574</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -12088,51 +12089,51 @@
       <x:c r="J165" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
@@ -12147,51 +12148,51 @@
       <x:c r="J166" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>581573</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -12204,51 +12205,51 @@
       <x:c r="J167" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
@@ -12825,51 +12826,51 @@
       <x:c r="J178" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -12882,51 +12883,51 @@
       <x:c r="J179" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
@@ -12941,51 +12942,51 @@
       <x:c r="J180" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -12998,51 +12999,51 @@
       <x:c r="J181" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
@@ -13057,51 +13058,51 @@
       <x:c r="J182" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -13114,51 +13115,51 @@
       <x:c r="J183" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>574955</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
@@ -13528,147 +13529,147 @@
       <x:c r="R190" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>592081</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>615854</x:v>
+        <x:v>592084</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>592084</x:v>
+        <x:v>615854</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -14577,266 +14578,266 @@
       <x:c r="S208" s="14" t="n">
         <x:v>564562</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>504740</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>549375</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>549374</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>504739</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
@@ -14846,110 +14847,110 @@
       <x:c r="J213" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>594211</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>573023</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -14959,57 +14960,57 @@
       <x:c r="I215" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>601256</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>372</x:v>
@@ -15018,105 +15019,105 @@
       <x:c r="I216" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>549331</x:v>
+        <x:v>601256</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>542189</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
@@ -15131,51 +15132,51 @@
         <x:v>372</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>542192</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
@@ -15188,51 +15189,51 @@
       <x:c r="G219" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>600221</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
@@ -15247,51 +15248,51 @@
         <x:v>372</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
@@ -15304,51 +15305,51 @@
       <x:c r="G221" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>542186</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
@@ -15363,170 +15364,170 @@
         <x:v>372</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>549330</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>600220</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>34408</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
@@ -15775,51 +15776,51 @@
       <x:c r="M229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>613757</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
@@ -16182,51 +16183,51 @@
       <x:c r="J237" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>574942</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
@@ -16308,51 +16309,51 @@
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>614634</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
@@ -16706,51 +16707,51 @@
       <x:c r="J246" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>574909</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -16900,411 +16901,411 @@
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>592359</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>592351</x:v>
+        <x:v>592355</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>592353</x:v>
+        <x:v>592356</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>592357</x:v>
+        <x:v>592358</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>592355</x:v>
+        <x:v>592351</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>592356</x:v>
+        <x:v>592353</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>592358</x:v>
+        <x:v>592357</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>577818</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>430</x:v>
@@ -17578,106 +17579,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>602354</x:v>
+        <x:v>613144</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>602355</x:v>
+        <x:v>602354</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -17685,106 +17686,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>602357</x:v>
+        <x:v>602355</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>602374</x:v>
+        <x:v>602357</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -17792,106 +17793,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>602376</x:v>
+        <x:v>602374</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>602380</x:v>
+        <x:v>602376</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -17899,213 +17900,213 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>602383</x:v>
+        <x:v>602380</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>613121</x:v>
+        <x:v>602383</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>613128</x:v>
+        <x:v>613121</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>613132</x:v>
+        <x:v>613128</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -18113,106 +18114,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>613137</x:v>
+        <x:v>613132</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>613144</x:v>
+        <x:v>613137</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -20899,60 +20900,60 @@
       <x:c r="J324" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>557047</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -21024,51 +21025,51 @@
       <x:c r="M326" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>557851</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -21081,51 +21082,51 @@
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>600422</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38105</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
@@ -21140,51 +21141,51 @@
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>557850</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -21242,51 +21243,51 @@
       <x:c r="J330" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>553598</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -22273,66 +22274,66 @@
       <x:c r="H348" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>451269</x:v>
+        <x:v>550303</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
@@ -22394,66 +22395,66 @@
       <x:c r="H350" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>550303</x:v>
+        <x:v>451269</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -22624,51 +22625,51 @@
       <x:c r="J354" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>575051</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -22805,51 +22806,51 @@
       <x:c r="J357" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>555740</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -22866,51 +22867,51 @@
       <x:c r="J358" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>605775</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -22926,51 +22927,51 @@
       <x:c r="J359" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>501632</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -26109,106 +26110,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>603836</x:v>
+        <x:v>603814</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>603814</x:v>
+        <x:v>603821</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -26216,106 +26217,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>603821</x:v>
+        <x:v>603831</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>603831</x:v>
+        <x:v>603836</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -27410,111 +27411,111 @@
       <x:c r="K442" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>556098</x:v>
+        <x:v>581537</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>581537</x:v>
+        <x:v>556098</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
@@ -28089,123 +28090,123 @@
         <x:v>539</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>551046</x:v>
+        <x:v>535026</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>535026</x:v>
+        <x:v>551046</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
@@ -28800,103 +28801,103 @@
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>615687</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>578624</x:v>
+        <x:v>578623</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
@@ -28905,114 +28906,114 @@
       <x:c r="K468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>578627</x:v>
+        <x:v>615689</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="U468" s="16" t="s">
         <x:v>560</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>615689</x:v>
+        <x:v>578624</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
@@ -29021,65 +29022,65 @@
       <x:c r="K470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>578623</x:v>
+        <x:v>578627</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>49</x:v>
@@ -29200,283 +29201,283 @@
       <x:c r="M473" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>615688</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="U474" s="16" t="s">
         <x:v>560</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>610848</x:v>
+        <x:v>578622</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>578622</x:v>
+        <x:v>578625</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>578625</x:v>
+        <x:v>610848</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>35419</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
@@ -29882,114 +29883,114 @@
       <x:c r="K485" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>598491</x:v>
+        <x:v>589942</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>589942</x:v>
+        <x:v>598491</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -31530,114 +31531,114 @@
       <x:c r="K514" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>550910</x:v>
+        <x:v>534969</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>534969</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
@@ -31776,13859 +31777,13851 @@
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>550746</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H519" s="0" t="s">
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>550745</x:v>
+        <x:v>603416</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
-        <x:v>39774</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
-      <x:c r="E520" s="14" t="s"/>
+      <x:c r="E520" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="H520" s="14" t="s"/>
+      <x:c r="H520" s="14" t="s">
+        <x:v>606</x:v>
+      </x:c>
       <x:c r="I520" s="16" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>606</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>590249</x:v>
+        <x:v>513714</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
-      <x:c r="E521" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>604978</x:v>
+        <x:v>596784</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
-      <x:c r="E522" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H522" s="14" t="s"/>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H522" s="14" t="s">
+        <x:v>280</x:v>
+      </x:c>
       <x:c r="I522" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>549752</x:v>
+        <x:v>575981</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
-      <x:c r="E523" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>549713</x:v>
+        <x:v>596785</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
-      <x:c r="E524" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H524" s="14" t="s"/>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s">
+        <x:v>280</x:v>
+      </x:c>
       <x:c r="I524" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>604973</x:v>
+        <x:v>575980</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
-      <x:c r="E525" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>605066</x:v>
+        <x:v>596783</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="C526" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C526" s="15" t="s"/>
       <x:c r="D526" s="15" t="s"/>
-      <x:c r="E526" s="14" t="s"/>
-      <x:c r="F526" s="14" t="s"/>
+      <x:c r="E526" s="14" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="F526" s="14" t="s">
+        <x:v>614</x:v>
+      </x:c>
       <x:c r="G526" s="14" t="s">
-        <x:v>462</x:v>
-[...1 lines deleted...]
-      <x:c r="H526" s="14" t="s"/>
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="H526" s="14" t="s">
+        <x:v>616</x:v>
+      </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>119</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="J526" s="14" t="s"/>
       <x:c r="K526" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31004</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>606190</x:v>
+        <x:v>583890</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>612</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-        <x:v>263</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>606189</x:v>
+        <x:v>517112</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s"/>
       <x:c r="K528" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
-        <x:v>31038</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>542032</x:v>
+        <x:v>520242</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C529" s="3" t="s"/>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="H529" s="0" t="s">
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
-        <x:v>31038</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>542050</x:v>
+        <x:v>523223</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>619</x:v>
-[...1 lines deleted...]
-      <x:c r="C530" s="15" t="s"/>
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="C530" s="15" t="n">
+        <x:v>41238</x:v>
+      </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>615</x:v>
-[...1 lines deleted...]
-      <x:c r="J530" s="14" t="s"/>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="J530" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K530" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>31038</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>542046</x:v>
+        <x:v>606192</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>620</x:v>
-[...1 lines deleted...]
-      <x:c r="C531" s="3" t="s"/>
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="C531" s="3" t="n">
+        <x:v>40744</x:v>
+      </x:c>
       <x:c r="D531" s="3" t="s"/>
-      <x:c r="E531" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="J531" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>24293</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>583894</x:v>
+        <x:v>599305</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C532" s="15" t="s"/>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>554</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s"/>
       <x:c r="K532" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>578550</x:v>
+        <x:v>597491</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>629</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>630</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>605312</x:v>
+        <x:v>597492</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="J534" s="14" t="s"/>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="J534" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K534" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>605331</x:v>
+        <x:v>594666</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>632</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="J535" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>611741</x:v>
+        <x:v>594669</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C536" s="15" t="s"/>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>635</x:v>
-[...1 lines deleted...]
-      <x:c r="J536" s="14" t="s"/>
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="J536" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K536" s="14" t="s">
-        <x:v>636</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>611746</x:v>
+        <x:v>594676</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C537" s="3" t="s"/>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="J537" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>611739</x:v>
+        <x:v>594679</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
-        <x:v>246</x:v>
-[...1 lines deleted...]
-      <x:c r="J538" s="14" t="s"/>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="J538" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K538" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>542271</x:v>
+        <x:v>594682</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="J539" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>510084</x:v>
+        <x:v>594691</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>645</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>588537</x:v>
+        <x:v>594692</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>645</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
-        <x:v>404</x:v>
-[...2 lines deleted...]
-        <x:v>405</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>517234</x:v>
+        <x:v>594696</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>645</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>551783</x:v>
+        <x:v>594690</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>645</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
-        <x:v>404</x:v>
-[...2 lines deleted...]
-        <x:v>405</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>608352</x:v>
+        <x:v>594694</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="J544" s="14" t="s"/>
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="J544" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K544" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>576520</x:v>
+        <x:v>594698</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="J545" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>576521</x:v>
+        <x:v>594663</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C546" s="15" t="s"/>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="J546" s="14" t="s"/>
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="J546" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>576522</x:v>
+        <x:v>594671</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>652</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>653</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C547" s="3" t="s"/>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="J547" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>576524</x:v>
+        <x:v>594674</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>656</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C548" s="15" t="s"/>
       <x:c r="D548" s="15" t="s"/>
-      <x:c r="E548" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>348</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>657</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>602874</x:v>
+        <x:v>594677</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>656</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
-      <x:c r="E549" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>348</x:v>
-[...2 lines deleted...]
-        <x:v>349</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>602339</x:v>
+        <x:v>594685</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>659</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
-      <x:c r="E550" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>31089</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>660</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>509556</x:v>
+        <x:v>594688</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>661</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>662</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>659</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C551" s="3" t="s"/>
       <x:c r="D551" s="3" t="s"/>
-      <x:c r="E551" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>31089</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>600213</x:v>
+        <x:v>594681</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>659</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C552" s="15" t="s"/>
       <x:c r="D552" s="15" t="s"/>
-      <x:c r="E552" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>31089</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>660</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>549310</x:v>
+        <x:v>594684</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J553" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>613204</x:v>
+        <x:v>594687</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J554" s="14" t="s"/>
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="J554" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K554" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>613178</x:v>
+        <x:v>594661</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C555" s="3" t="s"/>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="J555" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>613186</x:v>
+        <x:v>594664</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C556" s="15" t="s"/>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J556" s="14" t="s"/>
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="J556" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K556" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>602397</x:v>
+        <x:v>594672</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C557" s="3" t="s"/>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="J557" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>602425</x:v>
+        <x:v>594695</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C558" s="15" t="s"/>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J558" s="14" t="s"/>
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="J558" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K558" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>602398</x:v>
+        <x:v>594699</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C559" s="3" t="s"/>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="J559" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>613198</x:v>
+        <x:v>594667</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C560" s="15" t="s"/>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J560" s="14" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="J560" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K560" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>602418</x:v>
+        <x:v>594670</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="J561" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>602423</x:v>
+        <x:v>594693</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C562" s="15" t="s"/>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J562" s="14" t="s"/>
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="J562" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>602429</x:v>
+        <x:v>594697</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="J563" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>613176</x:v>
+        <x:v>594675</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J564" s="14" t="s"/>
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="J564" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K564" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>613179</x:v>
+        <x:v>594678</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C565" s="3" t="s"/>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="J565" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>613188</x:v>
+        <x:v>594686</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C566" s="15" t="s"/>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J566" s="14" t="s"/>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="J566" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K566" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>613192</x:v>
+        <x:v>594689</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C567" s="3" t="s"/>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="J567" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>613194</x:v>
+        <x:v>594662</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C568" s="15" t="s"/>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J568" s="14" t="s"/>
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="J568" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K568" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>613185</x:v>
+        <x:v>594665</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C569" s="3" t="s"/>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="J569" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>613190</x:v>
+        <x:v>594668</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J570" s="14" t="s"/>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="J570" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K570" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>613169</x:v>
+        <x:v>594673</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C571" s="3" t="s"/>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="J571" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>613170</x:v>
+        <x:v>594680</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C572" s="15" t="s"/>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J572" s="14" t="s"/>
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="J572" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K572" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>602391</x:v>
+        <x:v>594683</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C573" s="3" t="s"/>
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="C573" s="3" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="J573" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>602393</x:v>
+        <x:v>580870</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C574" s="15" t="s"/>
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="C574" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I574" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J574" s="14" t="s"/>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="J574" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>602394</x:v>
+        <x:v>616836</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C575" s="3" t="s"/>
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="C575" s="3" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="J575" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>602410</x:v>
+        <x:v>616876</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C576" s="15" t="s"/>
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="C576" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I576" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J576" s="14" t="s"/>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="J576" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>602413</x:v>
+        <x:v>616870</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C577" s="3" t="s"/>
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="C577" s="3" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D577" s="3" t="s"/>
+      <x:c r="E577" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="J577" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>602416</x:v>
+        <x:v>568839</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C578" s="15" t="s"/>
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="C578" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D578" s="15" t="s"/>
-      <x:c r="E578" s="14" t="s"/>
+      <x:c r="E578" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I578" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J578" s="14" t="s"/>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="J578" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K578" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>602420</x:v>
+        <x:v>568843</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C579" s="3" t="s"/>
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="C579" s="3" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D579" s="3" t="s"/>
+      <x:c r="E579" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="J579" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>602421</x:v>
+        <x:v>568842</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C580" s="15" t="s"/>
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="C580" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D580" s="15" t="s"/>
-      <x:c r="E580" s="14" t="s"/>
+      <x:c r="E580" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I580" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J580" s="14" t="s"/>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="J580" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K580" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>602426</x:v>
+        <x:v>568840</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C581" s="3" t="s"/>
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="C581" s="3" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="J581" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>602432</x:v>
+        <x:v>597191</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C582" s="15" t="s"/>
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="C582" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J582" s="14" t="s"/>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="J582" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K582" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>602434</x:v>
+        <x:v>597192</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C583" s="3" t="s"/>
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="C583" s="3" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="J583" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>613201</x:v>
+        <x:v>616834</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C584" s="15" t="s"/>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s"/>
       <x:c r="K584" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>613202</x:v>
+        <x:v>599357</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>613203</x:v>
+        <x:v>599358</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C586" s="15" t="s"/>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s"/>
       <x:c r="K586" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>613205</x:v>
+        <x:v>599360</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C587" s="3" t="s"/>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>613199</x:v>
+        <x:v>599355</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C588" s="15" t="s"/>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s"/>
       <x:c r="K588" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31030</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>613174</x:v>
+        <x:v>608149</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31030</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>613180</x:v>
+        <x:v>608150</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C590" s="15" t="s"/>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s"/>
       <x:c r="K590" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>613193</x:v>
+        <x:v>608147</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C591" s="3" t="s"/>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>602388</x:v>
+        <x:v>608148</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C592" s="15" t="s"/>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I592" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s"/>
       <x:c r="K592" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>602401</x:v>
+        <x:v>578578</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C593" s="3" t="s"/>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>602403</x:v>
+        <x:v>611205</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C594" s="15" t="s"/>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s"/>
       <x:c r="K594" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>602406</x:v>
+        <x:v>611207</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C595" s="3" t="s"/>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>602430</x:v>
+        <x:v>611208</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C596" s="15" t="s"/>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I596" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s"/>
       <x:c r="K596" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>602389</x:v>
+        <x:v>611204</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C597" s="3" t="s"/>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>602390</x:v>
+        <x:v>611209</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>602404</x:v>
+        <x:v>572255</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>602414</x:v>
+        <x:v>534509</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C600" s="15" t="s"/>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s"/>
       <x:c r="K600" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>602427</x:v>
+        <x:v>606800</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C601" s="3" t="s"/>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>602400</x:v>
+        <x:v>606799</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C602" s="15" t="s"/>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s"/>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s"/>
       <x:c r="K602" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>602405</x:v>
+        <x:v>606599</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C603" s="3" t="s"/>
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C603" s="3" t="n">
+        <x:v>36075</x:v>
+      </x:c>
       <x:c r="D603" s="3" t="s"/>
+      <x:c r="E603" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="J603" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>602415</x:v>
+        <x:v>600204</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C604" s="15" t="s"/>
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C604" s="15" t="n">
+        <x:v>36075</x:v>
+      </x:c>
       <x:c r="D604" s="15" t="s"/>
-      <x:c r="E604" s="14" t="s"/>
+      <x:c r="E604" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J604" s="14" t="s"/>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="J604" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K604" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>602431</x:v>
+        <x:v>509550</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C605" s="3" t="s"/>
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C605" s="3" t="n">
+        <x:v>36075</x:v>
+      </x:c>
       <x:c r="D605" s="3" t="s"/>
+      <x:c r="E605" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G605" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="J605" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>613200</x:v>
+        <x:v>549303</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C606" s="15" t="s"/>
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C606" s="15" t="n">
+        <x:v>36075</x:v>
+      </x:c>
       <x:c r="D606" s="15" t="s"/>
-      <x:c r="E606" s="14" t="s"/>
+      <x:c r="E606" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J606" s="14" t="s"/>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="J606" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K606" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>613182</x:v>
+        <x:v>549291</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C607" s="3" t="s"/>
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C607" s="3" t="n">
+        <x:v>36075</x:v>
+      </x:c>
       <x:c r="D607" s="3" t="s"/>
+      <x:c r="E607" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G607" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="J607" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>613195</x:v>
+        <x:v>601236</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C608" s="15" t="s"/>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s"/>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s"/>
       <x:c r="K608" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>613173</x:v>
+        <x:v>500678</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C609" s="3" t="s"/>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>613171</x:v>
+        <x:v>500676</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C610" s="15" t="s"/>
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C610" s="15" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D610" s="15" t="s"/>
-      <x:c r="E610" s="14" t="s"/>
+      <x:c r="E610" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J610" s="14" t="s"/>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="J610" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K610" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
-        <x:v>613177</x:v>
+        <x:v>550745</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C611" s="3" t="s"/>
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="C611" s="3" t="n">
+        <x:v>39774</x:v>
+      </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J611" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
-        <x:v>613184</x:v>
+        <x:v>590249</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C612" s="15" t="s"/>
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="C612" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D612" s="15" t="s"/>
-      <x:c r="E612" s="14" t="s"/>
+      <x:c r="E612" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J612" s="14" t="s"/>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="J612" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K612" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>613189</x:v>
+        <x:v>604978</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C613" s="3" t="s"/>
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="C613" s="3" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D613" s="3" t="s"/>
+      <x:c r="E613" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="J613" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>602399</x:v>
+        <x:v>549752</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C614" s="15" t="s"/>
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="C614" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D614" s="15" t="s"/>
-      <x:c r="E614" s="14" t="s"/>
+      <x:c r="E614" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J614" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J614" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K614" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>602417</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C615" s="3" t="s"/>
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="C615" s="3" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D615" s="3" t="s"/>
+      <x:c r="E615" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G615" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="J615" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>613196</x:v>
+        <x:v>604973</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C616" s="15" t="s"/>
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="C616" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D616" s="15" t="s"/>
-      <x:c r="E616" s="14" t="s"/>
+      <x:c r="E616" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J616" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J616" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K616" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>613197</x:v>
+        <x:v>605066</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C617" s="3" t="s"/>
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="C617" s="3" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J617" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>613168</x:v>
+        <x:v>606190</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>666</x:v>
-[...1 lines deleted...]
-      <x:c r="C618" s="15" t="s"/>
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="C618" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J618" s="14" t="s"/>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="J618" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="K618" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>613187</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31038</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>592938</x:v>
+        <x:v>542032</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C620" s="15" t="s"/>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s"/>
       <x:c r="K620" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31038</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>592937</x:v>
+        <x:v>542050</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C621" s="3" t="s"/>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31038</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>592936</x:v>
+        <x:v>542046</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C622" s="15" t="s"/>
       <x:c r="D622" s="15" t="s"/>
-      <x:c r="E622" s="14" t="s"/>
-      <x:c r="F622" s="14" t="s"/>
+      <x:c r="E622" s="14" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="F622" s="14" t="s">
+        <x:v>614</x:v>
+      </x:c>
       <x:c r="G622" s="14" t="s">
-        <x:v>673</x:v>
-[...1 lines deleted...]
-      <x:c r="H622" s="14" t="s"/>
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="H622" s="14" t="s">
+        <x:v>616</x:v>
+      </x:c>
       <x:c r="I622" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s"/>
       <x:c r="K622" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>592908</x:v>
+        <x:v>583894</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C623" s="3" t="s"/>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="H623" s="0" t="s">
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>592910</x:v>
+        <x:v>578550</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s"/>
       <x:c r="K624" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>592911</x:v>
+        <x:v>605312</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C625" s="3" t="s"/>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>592909</x:v>
+        <x:v>605331</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C626" s="15" t="s"/>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s"/>
       <x:c r="K626" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>592582</x:v>
+        <x:v>611741</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C627" s="3" t="s"/>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>592580</x:v>
+        <x:v>611746</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C628" s="15" t="s"/>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>683</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s"/>
       <x:c r="K628" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>683</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>592581</x:v>
+        <x:v>611739</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C629" s="3" t="s"/>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>542271</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C630" s="15" t="s"/>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s"/>
       <x:c r="K630" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>592953</x:v>
+        <x:v>510084</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>686</x:v>
-[...1 lines deleted...]
-      <x:c r="C631" s="3" t="s"/>
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="C631" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="J631" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>592952</x:v>
+        <x:v>588537</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>686</x:v>
-[...1 lines deleted...]
-      <x:c r="C632" s="15" t="s"/>
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="C632" s="15" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
-        <x:v>673</x:v>
-[...1 lines deleted...]
-      <x:c r="H632" s="14" t="s"/>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H632" s="14" t="s">
+        <x:v>405</x:v>
+      </x:c>
       <x:c r="I632" s="16" t="s">
-        <x:v>674</x:v>
-[...1 lines deleted...]
-      <x:c r="J632" s="14" t="s"/>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="J632" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K632" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>592950</x:v>
+        <x:v>608352</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>688</x:v>
-[...1 lines deleted...]
-      <x:c r="C633" s="3" t="s"/>
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="C633" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H633" s="0" t="s">
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="J633" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>517234</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>688</x:v>
-[...1 lines deleted...]
-      <x:c r="C634" s="15" t="s"/>
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="C634" s="15" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
-        <x:v>694</x:v>
-[...1 lines deleted...]
-      <x:c r="J634" s="14" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="J634" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K634" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>694</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>594657</x:v>
+        <x:v>551783</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C635" s="3" t="s"/>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>594658</x:v>
+        <x:v>576520</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C636" s="15" t="s"/>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s"/>
       <x:c r="K636" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>594656</x:v>
+        <x:v>576521</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C637" s="3" t="s"/>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>500701</x:v>
+        <x:v>576522</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C638" s="15" t="s"/>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s"/>
       <x:c r="K638" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>500700</x:v>
+        <x:v>576524</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
-        <x:v>39585</x:v>
+        <x:v>39237</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>546298</x:v>
+        <x:v>602874</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
-        <x:v>39585</x:v>
+        <x:v>39237</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I640" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>600355</x:v>
+        <x:v>602339</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>701</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
-        <x:v>39585</x:v>
+        <x:v>36490</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="E641" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>699</x:v>
-[...2 lines deleted...]
-        <x:v>700</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>600354</x:v>
+        <x:v>509556</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
-        <x:v>39585</x:v>
+        <x:v>36490</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
-        <x:v>699</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>546303</x:v>
+        <x:v>600213</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
-        <x:v>39585</x:v>
+        <x:v>36490</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>699</x:v>
-[...2 lines deleted...]
-        <x:v>700</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>546302</x:v>
+        <x:v>549310</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>698</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C644" s="15" t="s"/>
       <x:c r="D644" s="15" t="s"/>
-      <x:c r="E644" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
-        <x:v>151</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J644" s="14" t="s"/>
       <x:c r="K644" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>546300</x:v>
+        <x:v>613204</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>702</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C645" s="3" t="s"/>
       <x:c r="D645" s="3" t="s"/>
-      <x:c r="E645" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G645" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H645" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
-        <x:v>540</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>534939</x:v>
+        <x:v>613178</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>702</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C646" s="15" t="s"/>
       <x:c r="D646" s="15" t="s"/>
-      <x:c r="E646" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
-        <x:v>539</x:v>
-[...1 lines deleted...]
-      <x:c r="H646" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H646" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I646" s="16" t="s">
-        <x:v>540</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J646" s="14" t="s"/>
       <x:c r="K646" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>534941</x:v>
+        <x:v>613186</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>703</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C647" s="3" t="s"/>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H647" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
-        <x:v>277</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>544832</x:v>
+        <x:v>602397</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
-        <x:v>706</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C648" s="15" t="s"/>
       <x:c r="D648" s="15" t="s"/>
-      <x:c r="E648" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I648" s="16" t="s">
-        <x:v>216</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>558640</x:v>
+        <x:v>602425</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>706</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C649" s="3" t="s"/>
       <x:c r="D649" s="3" t="s"/>
-      <x:c r="E649" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G649" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>709</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>609468</x:v>
+        <x:v>602398</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
-        <x:v>706</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C650" s="15" t="s"/>
       <x:c r="D650" s="15" t="s"/>
-      <x:c r="E650" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
-        <x:v>172</x:v>
-[...1 lines deleted...]
-      <x:c r="H650" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H650" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I650" s="16" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J650" s="14" t="s"/>
       <x:c r="K650" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>604383</x:v>
+        <x:v>602418</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>706</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C651" s="3" t="s"/>
       <x:c r="D651" s="3" t="s"/>
-      <x:c r="E651" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G651" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
-        <x:v>709</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
-        <x:v>556789</x:v>
+        <x:v>602423</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
-        <x:v>706</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C652" s="15" t="s"/>
       <x:c r="D652" s="15" t="s"/>
-      <x:c r="E652" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I652" s="16" t="s">
-        <x:v>709</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J652" s="14" t="s"/>
       <x:c r="K652" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>609471</x:v>
+        <x:v>602429</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>706</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C653" s="3" t="s"/>
       <x:c r="D653" s="3" t="s"/>
-      <x:c r="E653" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G653" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H653" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
-        <x:v>173</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
-        <x:v>565695</x:v>
+        <x:v>613198</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
-        <x:v>706</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C654" s="15" t="s"/>
       <x:c r="D654" s="15" t="s"/>
-      <x:c r="E654" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I654" s="16" t="s">
-        <x:v>709</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J654" s="14" t="s"/>
       <x:c r="K654" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
-        <x:v>571049</x:v>
+        <x:v>613176</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>706</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C655" s="3" t="s"/>
       <x:c r="D655" s="3" t="s"/>
-      <x:c r="E655" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G655" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
-        <x:v>216</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
-        <x:v>608109</x:v>
+        <x:v>613179</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
-        <x:v>715</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C656" s="15" t="s"/>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
-        <x:v>716</x:v>
-[...1 lines deleted...]
-      <x:c r="H656" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H656" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I656" s="16" t="s">
-        <x:v>717</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J656" s="14" t="s"/>
       <x:c r="K656" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
-        <x:v>596939</x:v>
+        <x:v>613188</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>715</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C657" s="3" t="s"/>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="G657" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H657" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
-        <x:v>596941</x:v>
+        <x:v>613192</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
-        <x:v>715</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C658" s="15" t="s"/>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s"/>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
-        <x:v>406</x:v>
-[...1 lines deleted...]
-      <x:c r="H658" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H658" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I658" s="16" t="s">
-        <x:v>721</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J658" s="14" t="s"/>
       <x:c r="K658" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L658" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M658" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
-        <x:v>721</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
-        <x:v>722</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
-        <x:v>596940</x:v>
+        <x:v>613194</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>715</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C659" s="3" t="s"/>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="G659" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H659" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
-        <x:v>724</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
-        <x:v>596938</x:v>
+        <x:v>613185</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C660" s="15" t="s"/>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s"/>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I660" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s"/>
       <x:c r="K660" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
-        <x:v>31028</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
-        <x:v>598282</x:v>
+        <x:v>613190</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C661" s="3" t="s"/>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="G661" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
-        <x:v>31028</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
-        <x:v>546146</x:v>
+        <x:v>613169</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C662" s="15" t="s"/>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s"/>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I662" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s"/>
       <x:c r="K662" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
-        <x:v>31028</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
-        <x:v>569877</x:v>
+        <x:v>613170</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>731</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C663" s="3" t="s"/>
       <x:c r="D663" s="3" t="s"/>
-      <x:c r="E663" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G663" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
-        <x:v>453837</x:v>
+        <x:v>602391</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
-        <x:v>735</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C664" s="15" t="s"/>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s"/>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="H664" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H664" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I664" s="16" t="s">
-        <x:v>310</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J664" s="14" t="s"/>
       <x:c r="K664" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
-        <x:v>596799</x:v>
+        <x:v>602393</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>736</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C665" s="3" t="s"/>
       <x:c r="D665" s="3" t="s"/>
-      <x:c r="E665" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G665" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
-        <x:v>31011</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>453836</x:v>
+        <x:v>602394</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
-        <x:v>738</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C666" s="15" t="s"/>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="H666" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H666" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I666" s="16" t="s">
-        <x:v>310</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J666" s="14" t="s"/>
       <x:c r="K666" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
-        <x:v>31011</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>596798</x:v>
+        <x:v>602410</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>739</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C667" s="3" t="s"/>
       <x:c r="D667" s="3" t="s"/>
-      <x:c r="E667" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G667" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>554883</x:v>
+        <x:v>602413</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>739</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C668" s="15" t="s"/>
       <x:c r="D668" s="15" t="s"/>
-      <x:c r="E668" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I668" s="16" t="s">
-        <x:v>606</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J668" s="14" t="s"/>
       <x:c r="K668" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>603428</x:v>
+        <x:v>602416</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>739</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C669" s="3" t="s"/>
       <x:c r="D669" s="3" t="s"/>
-      <x:c r="E669" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G669" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>603429</x:v>
+        <x:v>602420</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
-        <x:v>739</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C670" s="15" t="s"/>
       <x:c r="D670" s="15" t="s"/>
-      <x:c r="E670" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I670" s="16" t="s">
-        <x:v>606</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J670" s="14" t="s"/>
       <x:c r="K670" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>453831</x:v>
+        <x:v>602421</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>739</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C671" s="3" t="s"/>
       <x:c r="D671" s="3" t="s"/>
-      <x:c r="E671" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G671" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
-        <x:v>554884</x:v>
+        <x:v>602426</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>740</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C672" s="15" t="s"/>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I672" s="16" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J672" s="14" t="s"/>
       <x:c r="K672" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>575556</x:v>
+        <x:v>602432</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>740</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C673" s="3" t="s"/>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H673" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
-        <x:v>310</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>596796</x:v>
+        <x:v>602434</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>740</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C674" s="15" t="s"/>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
-        <x:v>286</x:v>
-[...1 lines deleted...]
-      <x:c r="H674" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H674" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I674" s="16" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J674" s="14" t="s"/>
       <x:c r="K674" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>596797</x:v>
+        <x:v>613201</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>741</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C675" s="3" t="s"/>
       <x:c r="D675" s="3" t="s"/>
-      <x:c r="E675" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G675" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
-        <x:v>554882</x:v>
+        <x:v>613202</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>741</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C676" s="15" t="s"/>
       <x:c r="D676" s="15" t="s"/>
-      <x:c r="E676" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I676" s="16" t="s">
-        <x:v>606</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J676" s="14" t="s"/>
       <x:c r="K676" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
-        <x:v>603415</x:v>
+        <x:v>613203</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>741</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C677" s="3" t="s"/>
       <x:c r="D677" s="3" t="s"/>
-      <x:c r="E677" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G677" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>603414</x:v>
+        <x:v>613205</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
-        <x:v>741</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C678" s="15" t="s"/>
       <x:c r="D678" s="15" t="s"/>
-      <x:c r="E678" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I678" s="16" t="s">
-        <x:v>606</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J678" s="14" t="s"/>
       <x:c r="K678" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>453843</x:v>
+        <x:v>613199</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>741</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C679" s="3" t="s"/>
       <x:c r="D679" s="3" t="s"/>
-      <x:c r="E679" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G679" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
-        <x:v>554815</x:v>
+        <x:v>613174</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>741</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C680" s="15" t="s"/>
       <x:c r="D680" s="15" t="s"/>
-      <x:c r="E680" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I680" s="16" t="s">
-        <x:v>606</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J680" s="14" t="s"/>
       <x:c r="K680" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>554881</x:v>
+        <x:v>613180</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>741</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C681" s="3" t="s"/>
       <x:c r="D681" s="3" t="s"/>
-      <x:c r="E681" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G681" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
-        <x:v>603416</x:v>
+        <x:v>613193</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
-        <x:v>741</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C682" s="15" t="s"/>
       <x:c r="D682" s="15" t="s"/>
-      <x:c r="E682" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I682" s="16" t="s">
-        <x:v>606</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J682" s="14" t="s"/>
       <x:c r="K682" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
-        <x:v>513714</x:v>
+        <x:v>602388</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>742</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C683" s="3" t="s"/>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H683" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
-        <x:v>287</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
-        <x:v>596784</x:v>
+        <x:v>602401</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>742</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C684" s="15" t="s"/>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I684" s="16" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J684" s="14" t="s"/>
       <x:c r="K684" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
-        <x:v>575981</x:v>
+        <x:v>602403</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>742</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C685" s="3" t="s"/>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H685" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
-        <x:v>310</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>596785</x:v>
+        <x:v>602406</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
-        <x:v>742</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C686" s="15" t="s"/>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s"/>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I686" s="16" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J686" s="14" t="s"/>
       <x:c r="K686" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
-        <x:v>575980</x:v>
+        <x:v>602430</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>742</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C687" s="3" t="s"/>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="G687" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H687" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
-        <x:v>287</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>596783</x:v>
+        <x:v>602389</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C688" s="15" t="s"/>
       <x:c r="D688" s="15" t="s"/>
-      <x:c r="E688" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E688" s="14" t="s"/>
+      <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I688" s="16" t="s">
-        <x:v>625</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s"/>
       <x:c r="K688" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
-        <x:v>31004</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
-        <x:v>747</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
-        <x:v>748</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>583890</x:v>
+        <x:v>602390</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
-        <x:v>749</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
-        <x:v>750</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C689" s="3" t="s"/>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="G689" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H689" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
-        <x:v>517112</x:v>
+        <x:v>602404</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C690" s="15" t="s"/>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I690" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s"/>
       <x:c r="K690" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
-        <x:v>523223</x:v>
+        <x:v>602414</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
-        <x:v>757</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C691" s="3" t="s"/>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="G691" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H691" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>520242</x:v>
+        <x:v>602427</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>758</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C692" s="15" t="s"/>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
-        <x:v>485</x:v>
-[...1 lines deleted...]
-      <x:c r="H692" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H692" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I692" s="16" t="s">
-        <x:v>126</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J692" s="14" t="s"/>
       <x:c r="K692" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
-        <x:v>606192</x:v>
+        <x:v>602400</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>759</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C693" s="3" t="s"/>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="G693" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
-        <x:v>478</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
-        <x:v>24293</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>599305</x:v>
+        <x:v>602405</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>761</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C694" s="15" t="s"/>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H694" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H694" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I694" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s"/>
       <x:c r="K694" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>597491</x:v>
+        <x:v>602415</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C695" s="3" t="s"/>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H695" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>597492</x:v>
+        <x:v>602431</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C696" s="15" t="s"/>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>763</x:v>
-[...1 lines deleted...]
-      <x:c r="H696" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H696" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I696" s="16" t="s">
-        <x:v>412</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J696" s="14" t="s"/>
       <x:c r="K696" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>594666</x:v>
+        <x:v>613200</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C697" s="3" t="s"/>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H697" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
-        <x:v>766</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>594669</x:v>
+        <x:v>613173</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C698" s="15" t="s"/>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
-        <x:v>767</x:v>
-[...1 lines deleted...]
-      <x:c r="H698" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H698" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I698" s="16" t="s">
-        <x:v>768</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J698" s="14" t="s"/>
       <x:c r="K698" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
-        <x:v>769</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
-        <x:v>768</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
-        <x:v>744</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>594676</x:v>
+        <x:v>613182</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C699" s="3" t="s"/>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="G699" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H699" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
-        <x:v>594679</x:v>
+        <x:v>613195</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C700" s="15" t="s"/>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s"/>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
-        <x:v>771</x:v>
-[...1 lines deleted...]
-      <x:c r="H700" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H700" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I700" s="16" t="s">
-        <x:v>175</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J700" s="14" t="s"/>
       <x:c r="K700" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
-        <x:v>594682</x:v>
+        <x:v>613189</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C701" s="3" t="s"/>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H701" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
-        <x:v>674</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
-        <x:v>594691</x:v>
+        <x:v>602399</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C702" s="15" t="s"/>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
-        <x:v>772</x:v>
-[...1 lines deleted...]
-      <x:c r="H702" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H702" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I702" s="16" t="s">
-        <x:v>773</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J702" s="14" t="s"/>
       <x:c r="K702" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
-        <x:v>772</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>774</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
-        <x:v>594692</x:v>
+        <x:v>602417</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C703" s="3" t="s"/>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H703" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
-        <x:v>776</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
-        <x:v>594696</x:v>
+        <x:v>613171</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C704" s="15" t="s"/>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
-        <x:v>778</x:v>
-[...1 lines deleted...]
-      <x:c r="H704" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H704" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I704" s="16" t="s">
-        <x:v>779</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J704" s="14" t="s"/>
       <x:c r="K704" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
-        <x:v>778</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
-        <x:v>779</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
-        <x:v>780</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
-        <x:v>594690</x:v>
+        <x:v>613177</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C705" s="3" t="s"/>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H705" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
-        <x:v>680</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
-        <x:v>594694</x:v>
+        <x:v>613184</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C706" s="15" t="s"/>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
-        <x:v>781</x:v>
-[...1 lines deleted...]
-      <x:c r="H706" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H706" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I706" s="16" t="s">
-        <x:v>782</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J706" s="14" t="s"/>
       <x:c r="K706" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
-        <x:v>782</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
-        <x:v>594698</x:v>
+        <x:v>613196</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C707" s="3" t="s"/>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H707" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
-        <x:v>784</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
-        <x:v>594663</x:v>
+        <x:v>613197</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C708" s="15" t="s"/>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
-        <x:v>786</x:v>
-[...1 lines deleted...]
-      <x:c r="H708" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H708" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I708" s="16" t="s">
-        <x:v>787</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J708" s="14" t="s"/>
       <x:c r="K708" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
-        <x:v>786</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
-        <x:v>594671</x:v>
+        <x:v>613168</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C709" s="3" t="s"/>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H709" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
-        <x:v>594674</x:v>
+        <x:v>613187</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C710" s="15" t="s"/>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
-        <x:v>793</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="J710" s="14" t="s"/>
       <x:c r="K710" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
-        <x:v>793</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
-        <x:v>794</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
-        <x:v>594677</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C711" s="3" t="s"/>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
-        <x:v>796</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
-        <x:v>594685</x:v>
+        <x:v>592937</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C712" s="15" t="s"/>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
-        <x:v>536</x:v>
-[...1 lines deleted...]
-      <x:c r="J712" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
+      <x:c r="J712" s="14" t="s"/>
       <x:c r="K712" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
-        <x:v>594688</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C713" s="3" t="s"/>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
-        <x:v>800</x:v>
-[...1 lines deleted...]
-      <x:c r="J713" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>594672</x:v>
+        <x:v>592908</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C714" s="15" t="s"/>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
-        <x:v>802</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J714" s="14" t="s"/>
       <x:c r="K714" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
-        <x:v>802</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
-        <x:v>744</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
-        <x:v>594695</x:v>
+        <x:v>592910</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C715" s="3" t="s"/>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
-        <x:v>804</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
-        <x:v>594699</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
-        <x:v>807</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C716" s="15" t="s"/>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s"/>
       <x:c r="K716" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
-        <x:v>31089</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
-        <x:v>660</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
-        <x:v>608147</x:v>
+        <x:v>592909</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C717" s="3" t="s"/>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
-        <x:v>809</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
-        <x:v>594661</x:v>
+        <x:v>592582</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C718" s="15" t="s"/>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
-        <x:v>272</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J718" s="14" t="s"/>
       <x:c r="K718" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
-        <x:v>594664</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C719" s="3" t="s"/>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="G719" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
-        <x:v>669</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
-        <x:v>594681</x:v>
+        <x:v>592581</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C720" s="15" t="s"/>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
-        <x:v>811</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
-        <x:v>812</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J720" s="14" t="s"/>
       <x:c r="K720" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
-        <x:v>813</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
-        <x:v>812</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
-        <x:v>594684</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C721" s="3" t="s"/>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
-        <x:v>162</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
-        <x:v>594687</x:v>
+        <x:v>592953</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C722" s="15" t="s"/>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
-        <x:v>815</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s"/>
       <x:c r="I722" s="16" t="s">
-        <x:v>816</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="J722" s="14" t="s"/>
       <x:c r="K722" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
-        <x:v>815</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
-        <x:v>816</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
-        <x:v>594667</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C723" s="3" t="s"/>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
-        <x:v>819</x:v>
-[...1 lines deleted...]
-      <x:c r="J723" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
-        <x:v>594670</x:v>
+        <x:v>592950</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C724" s="15" t="s"/>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s"/>
       <x:c r="I724" s="16" t="s">
-        <x:v>822</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="J724" s="14" t="s"/>
       <x:c r="K724" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
-        <x:v>594693</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C725" s="3" t="s"/>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
-        <x:v>824</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
-        <x:v>594697</x:v>
+        <x:v>594657</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C726" s="15" t="s"/>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="H726" s="14" t="s"/>
       <x:c r="I726" s="16" t="s">
-        <x:v>151</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="J726" s="14" t="s"/>
       <x:c r="K726" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M726" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N726" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O726" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="P726" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q726" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="R726" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="S726" s="14" t="n">
-        <x:v>594675</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T726" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U726" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:21">
       <x:c r="A727" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C727" s="3" t="s"/>
       <x:c r="D727" s="3" t="s"/>
       <x:c r="G727" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="I727" s="4" t="s">
-        <x:v>615</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M727" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N727" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O727" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="P727" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="R727" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S727" s="0" t="n">
-        <x:v>594678</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T727" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U727" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C728" s="15" t="s"/>
       <x:c r="D728" s="15" t="s"/>
       <x:c r="E728" s="14" t="s"/>
       <x:c r="F728" s="14" t="s"/>
       <x:c r="G728" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H728" s="14" t="s"/>
       <x:c r="I728" s="16" t="s">
-        <x:v>828</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J728" s="14" t="s"/>
       <x:c r="K728" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L728" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M728" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N728" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O728" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P728" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q728" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R728" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S728" s="14" t="n">
-        <x:v>594686</x:v>
+        <x:v>500701</x:v>
       </x:c>
       <x:c r="T728" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C729" s="3" t="s"/>
       <x:c r="D729" s="3" t="s"/>
       <x:c r="G729" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
-        <x:v>683</x:v>
-[...2 lines deleted...]
-        <x:v>646</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
-        <x:v>594689</x:v>
+        <x:v>500700</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
-        <x:v>762</x:v>
-[...1 lines deleted...]
-      <x:c r="C730" s="15" t="s"/>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="C730" s="15" t="n">
+        <x:v>39585</x:v>
+      </x:c>
       <x:c r="D730" s="15" t="s"/>
-      <x:c r="E730" s="14" t="s"/>
+      <x:c r="E730" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
-        <x:v>829</x:v>
-[...1 lines deleted...]
-      <x:c r="H730" s="14" t="s"/>
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="H730" s="14" t="s">
+        <x:v>851</x:v>
+      </x:c>
       <x:c r="I730" s="16" t="s">
-        <x:v>830</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J730" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K730" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L730" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M730" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N730" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O730" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P730" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="Q730" s="16" t="s">
-        <x:v>830</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R730" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
-        <x:v>594662</x:v>
+        <x:v>546298</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>762</x:v>
-[...1 lines deleted...]
-      <x:c r="C731" s="3" t="s"/>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="C731" s="3" t="n">
+        <x:v>39585</x:v>
+      </x:c>
       <x:c r="D731" s="3" t="s"/>
+      <x:c r="E731" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G731" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="H731" s="0" t="s">
+        <x:v>851</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
-        <x:v>594665</x:v>
+        <x:v>600355</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
-        <x:v>762</x:v>
-[...1 lines deleted...]
-      <x:c r="C732" s="15" t="s"/>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="C732" s="15" t="n">
+        <x:v>39585</x:v>
+      </x:c>
       <x:c r="D732" s="15" t="s"/>
-      <x:c r="E732" s="14" t="s"/>
+      <x:c r="E732" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
-        <x:v>723</x:v>
-[...1 lines deleted...]
-      <x:c r="H732" s="14" t="s"/>
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="H732" s="14" t="s">
+        <x:v>851</x:v>
+      </x:c>
       <x:c r="I732" s="16" t="s">
-        <x:v>724</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K732" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
-        <x:v>724</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
-        <x:v>594668</x:v>
+        <x:v>546302</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>762</x:v>
-[...1 lines deleted...]
-      <x:c r="C733" s="3" t="s"/>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="C733" s="3" t="n">
+        <x:v>39585</x:v>
+      </x:c>
       <x:c r="D733" s="3" t="s"/>
+      <x:c r="E733" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G733" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="H733" s="0" t="s">
+        <x:v>851</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
-        <x:v>594673</x:v>
+        <x:v>600354</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
-        <x:v>762</x:v>
-[...1 lines deleted...]
-      <x:c r="C734" s="15" t="s"/>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="C734" s="15" t="n">
+        <x:v>39585</x:v>
+      </x:c>
       <x:c r="D734" s="15" t="s"/>
-      <x:c r="E734" s="14" t="s"/>
+      <x:c r="E734" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
-        <x:v>834</x:v>
-[...1 lines deleted...]
-      <x:c r="H734" s="14" t="s"/>
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="H734" s="14" t="s">
+        <x:v>851</x:v>
+      </x:c>
       <x:c r="I734" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K734" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
-        <x:v>834</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
-        <x:v>594680</x:v>
+        <x:v>546303</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>762</x:v>
-[...1 lines deleted...]
-      <x:c r="C735" s="3" t="s"/>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="C735" s="3" t="n">
+        <x:v>39585</x:v>
+      </x:c>
       <x:c r="D735" s="3" t="s"/>
+      <x:c r="E735" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G735" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="H735" s="0" t="s">
+        <x:v>851</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J735" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
-        <x:v>594683</x:v>
+        <x:v>546300</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C736" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D736" s="15" t="s"/>
-      <x:c r="E736" s="14" t="s"/>
+      <x:c r="E736" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
-        <x:v>841</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="H736" s="14" t="s"/>
       <x:c r="I736" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K736" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M736" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O736" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P736" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
-        <x:v>580870</x:v>
+        <x:v>534939</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
-        <x:v>844</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D737" s="3" t="s"/>
+      <x:c r="E737" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G737" s="0" t="s">
-        <x:v>841</x:v>
-[...2 lines deleted...]
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="I737" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="J737" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M737" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N737" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O737" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P737" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
-        <x:v>616836</x:v>
+        <x:v>534941</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C738" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
-        <x:v>841</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H738" s="14" t="s"/>
       <x:c r="I738" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
-        <x:v>616876</x:v>
+        <x:v>544832</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
-        <x:v>846</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D739" s="3" t="s"/>
+      <x:c r="E739" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G739" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H739" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I739" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J739" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
-        <x:v>616870</x:v>
+        <x:v>558640</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C740" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H740" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="I740" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="J740" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K740" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L740" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M740" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
-        <x:v>849</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
-        <x:v>568839</x:v>
+        <x:v>609468</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
-        <x:v>851</x:v>
+        <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="E741" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
-        <x:v>841</x:v>
-[...2 lines deleted...]
-        <x:v>537</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
-        <x:v>568843</x:v>
+        <x:v>604383</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C742" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="I742" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K742" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M742" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
-        <x:v>852</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
-        <x:v>568842</x:v>
+        <x:v>556789</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
-        <x:v>851</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C743" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="E743" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="Q743" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R743" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S743" s="0" t="n">
-        <x:v>568840</x:v>
+        <x:v>609471</x:v>
       </x:c>
       <x:c r="T743" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U743" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:21">
       <x:c r="A744" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B744" s="14" t="s">
-        <x:v>854</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C744" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D744" s="15" t="s"/>
-      <x:c r="E744" s="14" t="s"/>
+      <x:c r="E744" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F744" s="14" t="s"/>
       <x:c r="G744" s="14" t="s">
-        <x:v>533</x:v>
-[...1 lines deleted...]
-      <x:c r="H744" s="14" t="s"/>
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="H744" s="14" t="s">
+        <x:v>859</x:v>
+      </x:c>
       <x:c r="I744" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="J744" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K744" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
-        <x:v>597191</x:v>
+        <x:v>571049</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C745" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D745" s="3" t="s"/>
+      <x:c r="E745" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G745" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
-        <x:v>597192</x:v>
+        <x:v>565695</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C746" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D746" s="15" t="s"/>
-      <x:c r="E746" s="14" t="s"/>
+      <x:c r="E746" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I746" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J746" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K746" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>616834</x:v>
+        <x:v>608109</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>856</x:v>
-[...1 lines deleted...]
-      <x:c r="C747" s="3" t="s"/>
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="C747" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="G747" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="J747" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>599357</x:v>
+        <x:v>596939</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
-        <x:v>856</x:v>
-[...1 lines deleted...]
-      <x:c r="C748" s="15" t="s"/>
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="C748" s="15" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="H748" s="14" t="s"/>
       <x:c r="I748" s="16" t="s">
-        <x:v>157</x:v>
-[...1 lines deleted...]
-      <x:c r="J748" s="14" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="J748" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K748" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
-        <x:v>599358</x:v>
+        <x:v>596941</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>856</x:v>
-[...1 lines deleted...]
-      <x:c r="C749" s="3" t="s"/>
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="C749" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="G749" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="J749" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
-        <x:v>599360</x:v>
+        <x:v>596940</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
-        <x:v>856</x:v>
-[...1 lines deleted...]
-      <x:c r="C750" s="15" t="s"/>
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="C750" s="15" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s"/>
       <x:c r="I750" s="16" t="s">
-        <x:v>157</x:v>
-[...1 lines deleted...]
-      <x:c r="J750" s="14" t="s"/>
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="J750" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="K750" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O750" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
-        <x:v>599355</x:v>
+        <x:v>596938</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
-        <x:v>858</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C751" s="3" t="s"/>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H751" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
-        <x:v>31030</x:v>
+        <x:v>31028</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
-        <x:v>608149</x:v>
+        <x:v>598282</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
-        <x:v>859</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C752" s="15" t="s"/>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
-        <x:v>250</x:v>
-[...1 lines deleted...]
-      <x:c r="H752" s="14" t="s"/>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H752" s="14" t="s">
+        <x:v>261</x:v>
+      </x:c>
       <x:c r="I752" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s"/>
       <x:c r="K752" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L752" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M752" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N752" s="15" t="n">
-        <x:v>31030</x:v>
+        <x:v>31028</x:v>
       </x:c>
       <x:c r="O752" s="14" t="s">
-        <x:v>860</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="P752" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q752" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R752" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S752" s="14" t="n">
-        <x:v>608150</x:v>
+        <x:v>546146</x:v>
       </x:c>
       <x:c r="T752" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="U752" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:21">
       <x:c r="A753" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C753" s="3" t="s"/>
       <x:c r="D753" s="3" t="s"/>
       <x:c r="G753" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H753" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I753" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M753" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
-        <x:v>31089</x:v>
+        <x:v>31028</x:v>
       </x:c>
       <x:c r="O753" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="P753" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q753" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R753" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
-        <x:v>608148</x:v>
+        <x:v>569877</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
-        <x:v>861</x:v>
-[...1 lines deleted...]
-      <x:c r="C754" s="15" t="s"/>
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="C754" s="15" t="n">
+        <x:v>35457</x:v>
+      </x:c>
       <x:c r="D754" s="15" t="s"/>
-      <x:c r="E754" s="14" t="s"/>
+      <x:c r="E754" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I754" s="16" t="s">
-        <x:v>556</x:v>
-[...1 lines deleted...]
-      <x:c r="J754" s="14" t="s"/>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J754" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K754" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
-        <x:v>578578</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
-        <x:v>862</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
-        <x:v>863</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>864</x:v>
-[...1 lines deleted...]
-      <x:c r="C755" s="3" t="s"/>
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="C755" s="3" t="n">
+        <x:v>35457</x:v>
+      </x:c>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
-        <x:v>865</x:v>
-[...2 lines deleted...]
-        <x:v>866</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="J755" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N755" s="3" t="n">
-        <x:v>31002</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O755" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="P755" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q755" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R755" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S755" s="0" t="n">
-        <x:v>611205</x:v>
+        <x:v>596799</x:v>
       </x:c>
       <x:c r="T755" s="4" t="s">
-        <x:v>869</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U755" s="4" t="s">
-        <x:v>869</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
-        <x:v>864</x:v>
-[...1 lines deleted...]
-      <x:c r="C756" s="15" t="s"/>
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="C756" s="15" t="n">
+        <x:v>35511</x:v>
+      </x:c>
       <x:c r="D756" s="15" t="s"/>
-      <x:c r="E756" s="14" t="s"/>
+      <x:c r="E756" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F756" s="14" t="s"/>
       <x:c r="G756" s="14" t="s">
-        <x:v>865</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H756" s="14" t="s">
-        <x:v>866</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I756" s="16" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="J756" s="14" t="s"/>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J756" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K756" s="14" t="s">
-        <x:v>867</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M756" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
-        <x:v>31002</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
-        <x:v>868</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
-        <x:v>865</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
-        <x:v>611207</x:v>
+        <x:v>453836</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
-        <x:v>870</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
-        <x:v>870</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>864</x:v>
-[...1 lines deleted...]
-      <x:c r="C757" s="3" t="s"/>
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="C757" s="3" t="n">
+        <x:v>35511</x:v>
+      </x:c>
       <x:c r="D757" s="3" t="s"/>
       <x:c r="G757" s="0" t="s">
-        <x:v>865</x:v>
-[...2 lines deleted...]
-        <x:v>866</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="J757" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L757" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M757" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N757" s="3" t="n">
-        <x:v>31002</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O757" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="P757" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q757" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R757" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S757" s="0" t="n">
-        <x:v>611208</x:v>
+        <x:v>596798</x:v>
       </x:c>
       <x:c r="T757" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U757" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:21">
       <x:c r="A758" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B758" s="14" t="s">
-        <x:v>864</x:v>
-[...1 lines deleted...]
-      <x:c r="C758" s="15" t="s"/>
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="C758" s="15" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D758" s="15" t="s"/>
-      <x:c r="E758" s="14" t="s"/>
+      <x:c r="E758" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F758" s="14" t="s"/>
       <x:c r="G758" s="14" t="s">
-        <x:v>865</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H758" s="14" t="s">
-        <x:v>866</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I758" s="16" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="J758" s="14" t="s"/>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J758" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K758" s="14" t="s">
-        <x:v>867</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L758" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M758" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N758" s="15" t="n">
-        <x:v>31002</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O758" s="14" t="s">
-        <x:v>868</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P758" s="14" t="s">
-        <x:v>865</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
-        <x:v>611204</x:v>
+        <x:v>554883</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
-        <x:v>872</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
-        <x:v>872</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>864</x:v>
-[...1 lines deleted...]
-      <x:c r="C759" s="3" t="s"/>
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="C759" s="3" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D759" s="3" t="s"/>
+      <x:c r="E759" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G759" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H759" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I759" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J759" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L759" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M759" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N759" s="3" t="n">
-        <x:v>31002</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O759" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P759" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q759" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R759" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S759" s="0" t="n">
-        <x:v>611209</x:v>
+        <x:v>603428</x:v>
       </x:c>
       <x:c r="T759" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U759" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:21">
       <x:c r="A760" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B760" s="14" t="s">
-        <x:v>873</x:v>
-[...1 lines deleted...]
-      <x:c r="C760" s="15" t="s"/>
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="C760" s="15" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D760" s="15" t="s"/>
-      <x:c r="E760" s="14" t="s"/>
+      <x:c r="E760" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F760" s="14" t="s"/>
       <x:c r="G760" s="14" t="s">
-        <x:v>874</x:v>
-[...1 lines deleted...]
-      <x:c r="H760" s="14" t="s"/>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H760" s="14" t="s">
+        <x:v>606</x:v>
+      </x:c>
       <x:c r="I760" s="16" t="s">
-        <x:v>875</x:v>
-[...1 lines deleted...]
-      <x:c r="J760" s="14" t="s"/>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J760" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K760" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L760" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M760" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N760" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O760" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P760" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
-        <x:v>875</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
-        <x:v>572255</x:v>
+        <x:v>603429</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>873</x:v>
-[...1 lines deleted...]
-      <x:c r="C761" s="3" t="s"/>
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="C761" s="3" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D761" s="3" t="s"/>
+      <x:c r="E761" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G761" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H761" s="0" t="s">
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I761" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J761" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
-        <x:v>534509</x:v>
+        <x:v>453831</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
-        <x:v>876</x:v>
-[...1 lines deleted...]
-      <x:c r="C762" s="15" t="s"/>
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="C762" s="15" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D762" s="15" t="s"/>
-      <x:c r="E762" s="14" t="s"/>
+      <x:c r="E762" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
-        <x:v>250</x:v>
-[...1 lines deleted...]
-      <x:c r="H762" s="14" t="s"/>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H762" s="14" t="s">
+        <x:v>606</x:v>
+      </x:c>
       <x:c r="I762" s="16" t="s">
-        <x:v>251</x:v>
-[...1 lines deleted...]
-      <x:c r="J762" s="14" t="s"/>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J762" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K762" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L762" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M762" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N762" s="15" t="n">
-        <x:v>31021</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O762" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P762" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
-        <x:v>606800</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
-        <x:v>877</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:21">
       <x:c r="A763" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>876</x:v>
-[...1 lines deleted...]
-      <x:c r="C763" s="3" t="s"/>
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="C763" s="3" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D763" s="3" t="s"/>
       <x:c r="G763" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H763" s="0" t="s">
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I763" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="J763" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L763" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M763" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N763" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O763" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P763" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q763" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R763" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S763" s="0" t="n">
-        <x:v>606799</x:v>
+        <x:v>575556</x:v>
       </x:c>
       <x:c r="T763" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U763" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:21">
       <x:c r="A764" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B764" s="14" t="s">
-        <x:v>876</x:v>
-[...1 lines deleted...]
-      <x:c r="C764" s="15" t="s"/>
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="C764" s="15" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D764" s="15" t="s"/>
       <x:c r="E764" s="14" t="s"/>
       <x:c r="F764" s="14" t="s"/>
       <x:c r="G764" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H764" s="14" t="s"/>
       <x:c r="I764" s="16" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="J764" s="14" t="s"/>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="J764" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K764" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L764" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M764" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N764" s="15" t="n">
-        <x:v>31021</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O764" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P764" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q764" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R764" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S764" s="14" t="n">
-        <x:v>606599</x:v>
+        <x:v>596796</x:v>
       </x:c>
       <x:c r="T764" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U764" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:21">
       <x:c r="A765" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C765" s="3" t="n">
-        <x:v>36075</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D765" s="3" t="s"/>
-      <x:c r="E765" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G765" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I765" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J765" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K765" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L765" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M765" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N765" s="3" t="n">
-        <x:v>24210</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O765" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="P765" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q765" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R765" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S765" s="0" t="n">
-        <x:v>600204</x:v>
+        <x:v>596797</x:v>
       </x:c>
       <x:c r="T765" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U765" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:21">
       <x:c r="A766" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B766" s="14" t="s">
-        <x:v>878</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C766" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D766" s="15" t="s"/>
       <x:c r="E766" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F766" s="14" t="s"/>
       <x:c r="G766" s="14" t="s">
-        <x:v>372</x:v>
-[...1 lines deleted...]
-      <x:c r="H766" s="14" t="s"/>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H766" s="14" t="s">
+        <x:v>606</x:v>
+      </x:c>
       <x:c r="I766" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J766" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K766" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L766" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M766" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N766" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O766" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P766" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q766" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R766" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S766" s="14" t="n">
-        <x:v>509550</x:v>
+        <x:v>603414</x:v>
       </x:c>
       <x:c r="T766" s="16" t="s">
-        <x:v>661</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U766" s="16" t="s">
-        <x:v>662</x:v>
+        <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:21">
       <x:c r="A767" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C767" s="3" t="n">
-        <x:v>36075</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D767" s="3" t="s"/>
       <x:c r="E767" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H767" s="0" t="s">
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I767" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J767" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K767" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L767" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M767" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N767" s="3" t="n">
-        <x:v>24210</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O767" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P767" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q767" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R767" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S767" s="0" t="n">
-        <x:v>549303</x:v>
+        <x:v>554882</x:v>
       </x:c>
       <x:c r="T767" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U767" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:21">
       <x:c r="A768" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B768" s="14" t="s">
-        <x:v>878</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C768" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D768" s="15" t="s"/>
       <x:c r="E768" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F768" s="14" t="s"/>
       <x:c r="G768" s="14" t="s">
-        <x:v>372</x:v>
-[...1 lines deleted...]
-      <x:c r="H768" s="14" t="s"/>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H768" s="14" t="s">
+        <x:v>606</x:v>
+      </x:c>
       <x:c r="I768" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J768" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K768" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L768" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M768" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N768" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O768" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P768" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q768" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R768" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S768" s="14" t="n">
-        <x:v>549291</x:v>
+        <x:v>603415</x:v>
       </x:c>
       <x:c r="T768" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U768" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:21">
       <x:c r="A769" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C769" s="3" t="n">
-        <x:v>36075</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D769" s="3" t="s"/>
       <x:c r="E769" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H769" s="0" t="s">
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I769" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J769" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K769" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L769" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M769" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N769" s="3" t="n">
-        <x:v>24210</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O769" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P769" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q769" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R769" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S769" s="0" t="n">
-        <x:v>601236</x:v>
+        <x:v>453843</x:v>
       </x:c>
       <x:c r="T769" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U769" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:21">
       <x:c r="A770" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B770" s="14" t="s">
-        <x:v>884</x:v>
-[...1 lines deleted...]
-      <x:c r="C770" s="15" t="s"/>
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C770" s="15" t="n">
+        <x:v>35475</x:v>
+      </x:c>
       <x:c r="D770" s="15" t="s"/>
-      <x:c r="E770" s="14" t="s"/>
+      <x:c r="E770" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="F770" s="14" t="s"/>
       <x:c r="G770" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H770" s="14" t="s"/>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H770" s="14" t="s">
+        <x:v>606</x:v>
+      </x:c>
       <x:c r="I770" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J770" s="14" t="s"/>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J770" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="K770" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L770" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M770" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N770" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O770" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P770" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q770" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R770" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S770" s="14" t="n">
-        <x:v>500678</x:v>
+        <x:v>554815</x:v>
       </x:c>
       <x:c r="T770" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U770" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:21">
       <x:c r="A771" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
-        <x:v>884</x:v>
-[...1 lines deleted...]
-      <x:c r="C771" s="3" t="s"/>
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C771" s="3" t="n">
+        <x:v>35475</x:v>
+      </x:c>
       <x:c r="D771" s="3" t="s"/>
+      <x:c r="E771" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G771" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H771" s="0" t="s">
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I771" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J771" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K771" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L771" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M771" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N771" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O771" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="P771" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q771" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R771" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S771" s="0" t="n">
-        <x:v>500676</x:v>
+        <x:v>554881</x:v>
       </x:c>
       <x:c r="T771" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U771" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>