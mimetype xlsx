--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -293,62 +293,62 @@
   <x:si>
     <x:t>Certificat de spécialisation travaux mécanisés de génie écologique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement gestion rivière</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP option aménagements paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>ADFPA 05</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro aménagements paysagers (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPA option travaux des aménagements paysagers spécialité travaux de création et d'entretien (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>AURIOL</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA aménagements paysagers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation constructions paysagères (Apprentissage)</x:t>
@@ -827,129 +827,129 @@
   <x:si>
     <x:t>Maison Familiale et Rurale de la Roque d'Anthéron</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13640</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Richerenches</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>RICHERENCHES</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation jardinier de golf et entretien des sols sportifs engazonnés (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
   </x:si>
   <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
     <x:t>LAMBESC</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation jardinier de golf et entretien des sols sportifs engazonnés (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Maison Familiale et Rurale Montagne 05</x:t>
   </x:si>
   <x:si>
     <x:t>05300</x:t>
   </x:si>
   <x:si>
     <x:t>VENTAVON</x:t>
   </x:si>
   <x:si>
     <x:t>MFR de la Roque d'Antheron</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel ouvrier paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel ouvrier paysagiste (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel ouvrier paysagiste - Elagage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel ouvrier du paysage (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention aménagement paysager : conception, gestion, entretien</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -2398,218 +2398,218 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>584304</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>31691</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
+      <x:c r="R17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="R17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>447262</x:v>
+        <x:v>496378</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="Q18" s="16" t="s">
+      <x:c r="R18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="R18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>541467</x:v>
+        <x:v>447262</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
+      <x:c r="R19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="R19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>496378</x:v>
+        <x:v>541467</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>15156</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>55</x:v>
@@ -2617,57 +2617,57 @@
       <x:c r="H20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
+      <x:c r="R20" s="14" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>496407</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2677,57 +2677,57 @@
       <x:c r="H21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
+      <x:c r="R21" s="0" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>496506</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2738,54 +2738,54 @@
       <x:c r="H22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>496600</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
@@ -2821,219 +2821,219 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>605830</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>496443</x:v>
+        <x:v>496340</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>496340</x:v>
+        <x:v>496374</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38314</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>496374</x:v>
+        <x:v>496443</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35399</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -3245,51 +3245,51 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>605804</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
@@ -3366,224 +3366,224 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>555709</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>555693</x:v>
+        <x:v>605783</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>555703</x:v>
+        <x:v>555693</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>605783</x:v>
+        <x:v>555703</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G36" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>93</x:v>
@@ -3606,100 +3606,100 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>583525</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>605832</x:v>
+        <x:v>549809</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G38" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -3971,51 +3971,51 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>549857</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
@@ -4336,51 +4336,51 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>612789</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
@@ -4578,51 +4578,51 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>496439</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
@@ -5294,51 +5294,51 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>549865</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
@@ -5473,51 +5473,51 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>555714</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
@@ -5655,51 +5655,51 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>549911</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
@@ -5836,354 +5836,354 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>496494</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>549809</x:v>
+        <x:v>549852</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>549852</x:v>
+        <x:v>605832</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>31691</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>447264</x:v>
+        <x:v>549884</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>549884</x:v>
+        <x:v>496375</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38314</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>496375</x:v>
+        <x:v>496431</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
@@ -6260,100 +6260,100 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>605807</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>496431</x:v>
+        <x:v>447264</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>56</x:v>
@@ -6502,51 +6502,51 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>549885</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
@@ -6623,51 +6623,51 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>605857</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
@@ -6683,51 +6683,51 @@
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>605785</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
@@ -6744,51 +6744,51 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>549810</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
@@ -6911,364 +6911,366 @@
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>496502</x:v>
+        <x:v>605859</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>605787</x:v>
+        <x:v>496502</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>605859</x:v>
+        <x:v>579805</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>579805</x:v>
+        <x:v>605787</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>31691</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>447263</x:v>
+        <x:v>587452</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>587452</x:v>
+        <x:v>447263</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35398</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -7351,51 +7353,51 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>581042</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
@@ -7411,51 +7413,51 @@
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>549811</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
@@ -7645,225 +7647,225 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>495901</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>605788</x:v>
+        <x:v>549905</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>39066</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>605824</x:v>
+        <x:v>605788</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>35399</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>549905</x:v>
+        <x:v>605824</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -7887,51 +7889,51 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>496376</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
@@ -8069,51 +8071,51 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>549850</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
@@ -8250,467 +8252,467 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>555723</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38314</x:v>
+        <x:v>35397</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>605808</x:v>
+        <x:v>605868</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>496435</x:v>
+        <x:v>496337</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>549882</x:v>
+        <x:v>605833</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>35397</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>21047</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>549903</x:v>
+        <x:v>496483</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>605860</x:v>
+        <x:v>605808</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>35397</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>21047</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>605868</x:v>
+        <x:v>605860</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>496337</x:v>
+        <x:v>496435</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -8720,118 +8722,118 @@
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>496483</x:v>
+        <x:v>549882</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>35397</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>605833</x:v>
+        <x:v>549903</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -10133,57 +10135,57 @@
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>498349</x:v>
+        <x:v>454907</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>26</x:v>
@@ -10194,57 +10196,57 @@
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>454907</x:v>
+        <x:v>498349</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11057,51 +11059,51 @@
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>605826</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s">
         <x:v>90</x:v>
@@ -11116,51 +11118,51 @@
         <x:v>235</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>583539</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11297,236 +11299,236 @@
       <x:c r="J165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>555713</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>38314</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>605809</x:v>
+        <x:v>558205</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>558205</x:v>
+        <x:v>555688</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>555688</x:v>
+        <x:v>555698</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -11539,60 +11541,60 @@
       <x:c r="J169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>555698</x:v>
+        <x:v>605809</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>57</x:v>
@@ -11600,120 +11602,120 @@
       <x:c r="J170" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>605834</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>605789</x:v>
+        <x:v>555708</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>57</x:v>
@@ -11721,225 +11723,225 @@
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>605861</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>555708</x:v>
+        <x:v>605789</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>596646</x:v>
+        <x:v>592589</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>592589</x:v>
+        <x:v>596646</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
@@ -12450,276 +12452,276 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>518812</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>39674</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>21051</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>599643</x:v>
+        <x:v>558676</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>39674</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>21051</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>558676</x:v>
+        <x:v>599643</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39674</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>21051</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>599641</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>599644</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12813,172 +12815,172 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>600202</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>35399</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>545529</x:v>
+        <x:v>497191</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>497191</x:v>
+        <x:v>545529</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>48</x:v>
@@ -13055,51 +13057,51 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>545525</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>48</x:v>
@@ -13115,51 +13117,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>497179</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
@@ -13176,51 +13178,51 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>600185</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>48</x:v>
@@ -13749,51 +13751,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>554272</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
@@ -13806,51 +13808,51 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>506179</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -13865,51 +13867,51 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>605493</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
@@ -14205,273 +14207,276 @@
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>584676</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
+      <x:c r="E215" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F215" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>600781</x:v>
+        <x:v>583533</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>234</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>583533</x:v>
+        <x:v>604068</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>604068</x:v>
+        <x:v>573917</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>573917</x:v>
+        <x:v>600781</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40052</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>281</x:v>
       </x:c>