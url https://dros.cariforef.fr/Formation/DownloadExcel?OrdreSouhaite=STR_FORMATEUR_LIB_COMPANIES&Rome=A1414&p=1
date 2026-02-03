--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -350,62 +350,62 @@
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro conduite de productions horticoles (arbres, arbustes, fruits, fleurs, légumes) (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation polyculture (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
@@ -437,66 +437,66 @@
   <x:si>
     <x:t>Herboristerie familiale</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Lyonnaise de Plantes Médicinales</x:t>
   </x:si>
   <x:si>
     <x:t>ELPM</x:t>
   </x:si>
   <x:si>
     <x:t>69000</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Culture plante médicinale</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP agricole métiers de l'agriculture option grandes cultures (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation volailles (Apprentissage)</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>LPA La Ricarde</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA métiers du végétal : alimentation, ornement et environnement</x:t>
   </x:si>
@@ -1988,221 +1988,221 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>605885</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>31694</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="Q15" s="4" t="s">
+      <x:c r="R15" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="R15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>447267</x:v>
+        <x:v>549888</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>31694</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="Q16" s="16" t="s">
+      <x:c r="R16" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="R16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>605886</x:v>
+        <x:v>447267</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>38881</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
+      <x:c r="R17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="R17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>549812</x:v>
+        <x:v>605886</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
@@ -2228,155 +2228,155 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>611631</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
+      <x:c r="R19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="R19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>549888</x:v>
+        <x:v>549812</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
+      <x:c r="R20" s="14" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>496346</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -2386,57 +2386,57 @@
       <x:c r="H21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
+      <x:c r="R21" s="0" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>496553</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -3295,125 +3295,125 @@
       <x:c r="K36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>498354</x:v>
+        <x:v>609362</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>609362</x:v>
+        <x:v>498354</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
@@ -3430,51 +3430,51 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>548850</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>33</x:v>
@@ -3490,51 +3490,51 @@
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>548669</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
@@ -3551,51 +3551,51 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>548851</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>33</x:v>
@@ -3603,51 +3603,51 @@
       <x:c r="M41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>609363</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>87</x:v>
@@ -5015,51 +5015,51 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>558672</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -5318,51 +5318,51 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>599637</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
@@ -5378,51 +5378,51 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>512502</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
@@ -5439,51 +5439,51 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>558669</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>31694</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
@@ -5923,51 +5923,51 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>545528</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
@@ -5983,51 +5983,51 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>497183</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
@@ -6044,51 +6044,51 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>545520</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
@@ -6104,51 +6104,51 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>600186</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>31694</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
@@ -6457,205 +6457,205 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>595399</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38881</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>21027</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>596653</x:v>
+        <x:v>596449</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>36773</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>596449</x:v>
+        <x:v>595405</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>595405</x:v>
+        <x:v>596653</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -6790,148 +6790,148 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>595398</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38881</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>596651</x:v>
+        <x:v>595404</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>595404</x:v>
+        <x:v>596651</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 