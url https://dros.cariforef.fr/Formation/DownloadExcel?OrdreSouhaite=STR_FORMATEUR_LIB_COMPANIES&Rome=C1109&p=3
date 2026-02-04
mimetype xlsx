--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -4243,97 +4243,100 @@
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>530478</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>608074</x:v>
+        <x:v>600884</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>131</x:v>
@@ -4350,57 +4353,57 @@
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>600884</x:v>
+        <x:v>503811</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -4410,118 +4413,116 @@
       <x:c r="K55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>503811</x:v>
+        <x:v>549276</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>549276</x:v>
+        <x:v>608074</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5531,57 +5532,57 @@
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>556398</x:v>
+        <x:v>511001</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -5591,57 +5592,57 @@
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>511001</x:v>
+        <x:v>556398</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39615</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>95</x:v>
@@ -5767,57 +5768,57 @@
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>608178</x:v>
+        <x:v>556399</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -5827,57 +5828,57 @@
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>556399</x:v>
+        <x:v>511000</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>103</x:v>
@@ -5888,57 +5889,57 @@
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>511000</x:v>
+        <x:v>608178</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -6003,57 +6004,57 @@
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>41049</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>557159</x:v>
+        <x:v>508759</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37349</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -6063,57 +6064,57 @@
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>41049</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>508759</x:v>
+        <x:v>557159</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>167</x:v>