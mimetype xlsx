--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -251,122 +251,122 @@
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en finance de marché BC2 Gérer les portefeuilles financiers (d’actifs/ boursiers)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infpf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en finance de marché</x:t>
   </x:si>
   <x:si>
-    <x:t>Infpf</x:t>
-[...17 lines deleted...]
-    <x:t>02/02/2026 00:00:00</x:t>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en finance de marché BC2 Gérer les portefeuilles financiers (d’actifs/ boursiers)</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/05/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>gestionnaire de patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>Fiscalité immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>expert en stratégie financière</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
@@ -443,105 +443,105 @@
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert des marchés financiers BC05 Option 1 (Activité Front-Office) : Développer la croissance d’une entreprise sur les marchés financiers</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Handicapé , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert des marchés financiers blocs de compétences BC01 - BC02 - BC03 - BC04 - BC05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en finance de marché BC2 gérer les portefeuilles financiers (d’actifs/ boursiers)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en finance de marché bloc de compétences 3 Piloter et gérer les opérations et risques de marchés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en finance de marché bloc de compétences 4 Manager les opérateurs financiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...17 lines deleted...]
-    <x:t>Demandeur d'emploi , Handicapé , Public sans emploi , Salarié , Tout public</x:t>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en finance de marché bloc de compétences 1 Elaborer des solutions de développement économique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1519,51 +1519,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>573235</x:v>
+        <x:v>585441</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
@@ -1576,452 +1576,452 @@
       <x:c r="K10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>585441</x:v>
+        <x:v>573236</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>573236</x:v>
+        <x:v>573238</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>573238</x:v>
+        <x:v>573232</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>573232</x:v>
+        <x:v>573233</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>573233</x:v>
+        <x:v>573234</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>585442</x:v>
+        <x:v>573237</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>573234</x:v>
+        <x:v>573235</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>573237</x:v>
+        <x:v>585442</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>65</x:v>
@@ -2541,51 +2541,51 @@
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>588028</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -2652,51 +2652,51 @@
       <x:c r="M29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>591109</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -2820,51 +2820,51 @@
       <x:c r="M32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>614301</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -3039,105 +3039,105 @@
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>610184</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>610186</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -3215,94 +3215,94 @@
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>610199</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>537694</x:v>
+        <x:v>537682</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -3486,51 +3486,51 @@
       <x:c r="M44" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>585413</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -3540,51 +3540,51 @@
       <x:c r="M45" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>585428</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -3594,1440 +3594,1440 @@
       <x:c r="L46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>585436</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>598493</x:v>
+        <x:v>588033</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>610176</x:v>
+        <x:v>585409</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>610179</x:v>
+        <x:v>585414</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>588033</x:v>
+        <x:v>610190</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>585409</x:v>
+        <x:v>610194</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>585414</x:v>
+        <x:v>610176</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>598467</x:v>
+        <x:v>610179</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>588029</x:v>
+        <x:v>598467</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>591114</x:v>
+        <x:v>588029</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>585429</x:v>
+        <x:v>591114</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>614749</x:v>
+        <x:v>585429</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>537656</x:v>
+        <x:v>614749</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>537682</x:v>
+        <x:v>537656</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>591192</x:v>
+        <x:v>537694</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>585410</x:v>
+        <x:v>591192</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>585421</x:v>
+        <x:v>585410</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>585422</x:v>
+        <x:v>585421</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>610195</x:v>
+        <x:v>585422</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>610198</x:v>
+        <x:v>610195</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="L66" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M66" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N66" s="15" t="n">
+        <x:v>32623</x:v>
+      </x:c>
+      <x:c r="O66" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="P66" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q66" s="16" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R66" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="S66" s="14" t="n">
+        <x:v>610198</x:v>
+      </x:c>
+      <x:c r="T66" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="L66" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>598464</x:v>
+        <x:v>616888</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>598471</x:v>
+        <x:v>598464</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>588030</x:v>
+        <x:v>598471</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>591111</x:v>
+        <x:v>588030</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>598470</x:v>
+        <x:v>591111</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5091,54 +5091,54 @@
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>588032</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5148,54 +5148,54 @@
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>591110</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -5259,54 +5259,54 @@
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>610189</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -5324,598 +5324,598 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>610197</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>537667</x:v>
+        <x:v>610177</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>585435</x:v>
+        <x:v>610196</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>610175</x:v>
+        <x:v>598493</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>610183</x:v>
+        <x:v>537667</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="L82" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M82" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="N82" s="15" t="n">
+        <x:v>32623</x:v>
+      </x:c>
+      <x:c r="O82" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="P82" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q82" s="16" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R82" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="S82" s="14" t="n">
+        <x:v>591113</x:v>
+      </x:c>
+      <x:c r="T82" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="L82" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>591113</x:v>
+        <x:v>598470</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>610177</x:v>
+        <x:v>585435</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>610196</x:v>
+        <x:v>610175</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>610190</x:v>
+        <x:v>610183</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>610194</x:v>
+        <x:v>537655</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>