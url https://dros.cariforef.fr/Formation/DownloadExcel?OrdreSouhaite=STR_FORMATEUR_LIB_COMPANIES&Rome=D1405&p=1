--- v0 (2025-12-15)
+++ v1 (2026-03-31)
@@ -1160,51 +1160,51 @@
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>552389</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>35366</x:v>
+        <x:v>41600</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>71</x:v>