--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -299,69 +299,69 @@
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
@@ -2080,111 +2080,111 @@
       <x:c r="K16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>583321</x:v>
+        <x:v>572859</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>609636</x:v>
+        <x:v>577270</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -2204,214 +2204,214 @@
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>548178</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>577270</x:v>
+        <x:v>600052</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>572859</x:v>
+        <x:v>583321</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
-      <x:c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>600052</x:v>
+        <x:v>609636</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>45</x:v>
@@ -4502,51 +4502,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>583663</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
@@ -4597,134 +4597,134 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>605451</x:v>
+        <x:v>564252</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>564252</x:v>
+        <x:v>605451</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>