--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -236,108 +236,108 @@
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure d'Arts et Métiers - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics en partenariat avec l'AFITP PACA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'ESTP - Grande école d'ingénieurs de la construction spécialité travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Eco-conception</x:t>
   </x:si>
   <x:si>
     <x:t>Estp - Grande Ecole d'Ingénieurs de la Construction</x:t>
   </x:si>
   <x:si>
     <x:t>94230</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention sciences de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1104,57 +1104,57 @@
       <x:c r="K5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>550435</x:v>
+        <x:v>543394</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39555</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>49</x:v>
@@ -1165,54 +1165,54 @@
       <x:c r="K6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>543394</x:v>
+        <x:v>550435</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38058</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -1354,100 +1354,100 @@
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>592219</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>39518</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>12254</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>592282</x:v>
+        <x:v>592221</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -1505,114 +1505,114 @@
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>592218</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>39700</x:v>
+        <x:v>39518</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12254</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>592221</x:v>
+        <x:v>592282</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>