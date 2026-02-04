--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -608,56 +608,56 @@
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir et Ambition</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
@@ -704,62 +704,62 @@
   <x:si>
     <x:t>Travail social</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (CAFERUIS)</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Travail social en réseau</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Responsable d’établissements médicaux et médico-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion financière hôpital</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
@@ -911,101 +911,101 @@
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>HEM santé</x:t>
   </x:si>
   <x:si>
     <x:t>Hors Piste Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
-    <x:t>VITROLLES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IMFRIS</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
@@ -1061,59 +1061,59 @@
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>directeur des établissements de santé</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
   </x:si>
   <x:si>
     <x:t>IFASAD</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>VALBONNE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>IMF RIS</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maître(esse) de maison</x:t>
@@ -1685,60 +1685,60 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention santé publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13385</x:t>
+  </x:si>
+  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -5099,224 +5099,224 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>586479</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>583984</x:v>
+        <x:v>549767</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>549767</x:v>
+        <x:v>601387</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>601387</x:v>
+        <x:v>583984</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -6042,167 +6042,167 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>576123</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>571063</x:v>
+        <x:v>519932</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>519932</x:v>
+        <x:v>571063</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
@@ -8160,348 +8160,346 @@
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>498846</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>525207</x:v>
+        <x:v>599767</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
-      <x:c r="E105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>599767</x:v>
+        <x:v>525207</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s"/>
-      <x:c r="F106" s="14" t="s"/>
+      <x:c r="E106" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F106" s="14" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="G106" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>525217</x:v>
+        <x:v>578947</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="F107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>578947</x:v>
+        <x:v>528935</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>528935</x:v>
+        <x:v>612483</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -8511,113 +8509,113 @@
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>571390</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="U109" s="4" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>612483</x:v>
+        <x:v>525217</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -8863,51 +8861,51 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>578421</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>56</x:v>
@@ -8920,51 +8918,51 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>578407</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>44047</x:v>
@@ -8974,51 +8972,51 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>578409</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>56</x:v>
@@ -9031,51 +9029,51 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>578412</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>44047</x:v>
@@ -9085,51 +9083,51 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>578405</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>56</x:v>
@@ -9142,51 +9140,51 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>578406</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>44047</x:v>
@@ -9253,202 +9251,202 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>578414</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>578403</x:v>
+        <x:v>578418</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>578418</x:v>
+        <x:v>578408</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>578408</x:v>
+        <x:v>578413</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
@@ -9458,216 +9456,216 @@
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>578413</x:v>
+        <x:v>578416</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>578416</x:v>
+        <x:v>578404</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>578404</x:v>
+        <x:v>578403</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>578417</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
@@ -9697,51 +9695,51 @@
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>578420</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>44047</x:v>
@@ -9898,51 +9896,51 @@
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>592293</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
@@ -10009,51 +10007,51 @@
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>592294</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
@@ -10277,51 +10275,51 @@
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>606683</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
@@ -10549,176 +10547,176 @@
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>573379</x:v>
+        <x:v>573382</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="S147" s="0" t="n">
+        <x:v>573379</x:v>
+      </x:c>
+      <x:c r="T147" s="4" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="U147" s="4" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>573382</x:v>
+        <x:v>573381</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10840,51 +10838,51 @@
       <x:c r="J151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>573361</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
@@ -11015,68 +11013,68 @@
       <x:c r="J154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>573383</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
@@ -11397,51 +11395,51 @@
       <x:c r="G161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>580212</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
@@ -11456,51 +11454,51 @@
       <x:c r="G162" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>567161</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
@@ -11804,51 +11802,51 @@
       <x:c r="G168" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>567005</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
@@ -12060,219 +12058,219 @@
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>527808</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>580210</x:v>
+        <x:v>558665</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>567002</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>558665</x:v>
+        <x:v>580210</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -12326,51 +12324,51 @@
       <x:c r="G177" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>567008</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
@@ -12385,51 +12383,51 @@
       <x:c r="G178" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>567007</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
@@ -14980,51 +14978,51 @@
         <x:v>463</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>596426</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>465</x:v>
@@ -15755,51 +15753,51 @@
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>603246</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -16107,51 +16105,51 @@
       <x:c r="J246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>504054</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16164,51 +16162,51 @@
       <x:c r="J247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>607426</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16223,51 +16221,51 @@
       <x:c r="J248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>553823</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16280,51 +16278,51 @@
       <x:c r="J249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>607427</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16339,51 +16337,51 @@
       <x:c r="J250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>553824</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>497</x:v>
@@ -16702,51 +16700,51 @@
       <x:c r="J257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>548584</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16761,51 +16759,51 @@
       <x:c r="J258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>599788</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -17344,208 +17342,208 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>597256</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>39040</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>591995</x:v>
+        <x:v>592092</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>592092</x:v>
+        <x:v>592214</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>39696</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>14256</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>592214</x:v>
+        <x:v>591995</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>40</x:v>
       </x:c>