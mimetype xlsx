--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -287,89 +287,89 @@
   <x:si>
     <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
   </x:si>
   <x:si>
     <x:t>Droit public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours études parlementaires et droit des assemblées</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours encadrement des organisations de santé et management de la qualité et de la sécurité des soins</x:t>
   </x:si>
   <x:si>
     <x:t>Théorie graphes</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>DU Hygiène hospitalière et gestion de la contagion</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention santé publique parcours épidémiologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours handicap et santé</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention santé publique parcours épidémiologie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention intervention et développement social parcours handicap et dépendance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences sociales</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Master mention intervention et développement social parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention gestion des structures sanitaires et sociales parcours responsable de structures enfance et petite enfance</x:t>
   </x:si>
   <x:si>
     <x:t>Protection sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours théorie du droit</x:t>
@@ -608,56 +608,56 @@
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/25/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir et Ambition</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
@@ -695,68 +695,68 @@
   <x:si>
     <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CCPAM</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>Travail social</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (CAFERUIS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional des formations sanitaires et sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Travail social en réseau</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (CAFERUIS)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d’établissements médicaux et médico-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion financière hôpital</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
@@ -911,65 +911,65 @@
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/28/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/28/2024 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>HEM santé</x:t>
   </x:si>
   <x:si>
     <x:t>Hors Piste Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
@@ -980,62 +980,62 @@
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>IMFRIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
     <x:t>certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale</x:t>
   </x:si>
   <x:si>
-    <x:t>IMFRIS</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers Secours en Santé Mentale</x:t>
   </x:si>
   <x:si>
     <x:t>Infipp</x:t>
   </x:si>
   <x:si>
     <x:t>69120</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
@@ -1061,59 +1061,59 @@
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>directeur des établissements de santé</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
   </x:si>
   <x:si>
     <x:t>IFASAD</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>VALBONNE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>IMF RIS</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maître(esse) de maison</x:t>
@@ -1142,113 +1142,113 @@
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (cursus partiel)</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (cursus partiel au titre du DEIS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (cursus partiel au titre du DEIS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation et de Préparation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISFP - HEM SANTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation et de Préparation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Régional du Travail Social PACA-Corse - site Marseille 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Directeur d'établissement sanitaire, social ou médico-social (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (cursus partiel au titre du DEIS)</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Mongrand</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re ST2S sciences et technologies de la santé et du social</x:t>
@@ -1592,54 +1592,54 @@
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Développer les compétences essentielles pour diriger une crèche</x:t>
   </x:si>
   <x:si>
     <x:t>Piloter une crèche: management, direction et sécurité juridique</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Savoir diriger, recruter et manager en crèche</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Piloter un établissements d'accueil du jeune enfant (EAJE) : management, organisation et cadre juridique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diriger un établissement d'accueil du jeune enfant (EAJE) en crèche</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Piloter un établissements d'accueil du jeune enfant (EAJE) : management, organisation et cadre juridique</x:t>
   </x:si>
   <x:si>
     <x:t>Toccata</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Unifadom</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
@@ -3005,51 +3005,51 @@
       <x:c r="K14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>576232</x:v>
+        <x:v>576234</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -3062,51 +3062,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>576235</x:v>
+        <x:v>576232</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
@@ -3121,51 +3121,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>576234</x:v>
+        <x:v>576235</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -3254,296 +3254,296 @@
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>576236</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>39696</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>14256</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="P19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="P19" s="0" t="s">
+      <x:c r="Q19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
+      <x:c r="R19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="R19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>581551</x:v>
+        <x:v>574965</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39040</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
+      <x:c r="R20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="R20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>574965</x:v>
+        <x:v>581551</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>581564</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="P22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="P22" s="14" t="s">
+      <x:c r="Q22" s="16" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>574939</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -3960,51 +3960,51 @@
       <x:c r="T30" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -4128,51 +4128,51 @@
       <x:c r="U33" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36867</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -4365,51 +4365,51 @@
       <x:c r="U37" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -5187,135 +5187,135 @@
       <x:c r="B52" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>583984</x:v>
+        <x:v>586479</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>586479</x:v>
+        <x:v>583984</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -5978,191 +5978,189 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>486164</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
-      <x:c r="F66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F66" s="14" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="G66" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>571063</x:v>
+        <x:v>576123</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
-      <x:c r="E67" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>576123</x:v>
+        <x:v>571063</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -6175,51 +6173,51 @@
       <x:c r="U68" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -6240,135 +6238,135 @@
       <x:c r="B70" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>558233</x:v>
+        <x:v>573293</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>573293</x:v>
+        <x:v>558233</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -6563,114 +6561,114 @@
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>515151</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -6685,51 +6683,51 @@
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -6944,114 +6942,114 @@
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>601560</x:v>
+        <x:v>548698</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>548698</x:v>
+        <x:v>601560</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -7179,51 +7177,51 @@
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>601561</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -8123,110 +8121,110 @@
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>498846</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -8283,341 +8281,340 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>599767</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="F106" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>578947</x:v>
+        <x:v>528935</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
-      <x:c r="E107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>528935</x:v>
+        <x:v>525217</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s"/>
-      <x:c r="F108" s="14" t="s"/>
+      <x:c r="E108" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F108" s="14" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="G108" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>525217</x:v>
+        <x:v>578947</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="U108" s="16" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>612483</x:v>
+        <x:v>571390</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>571390</x:v>
+        <x:v>612483</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -8879,51 +8876,51 @@
       <x:c r="U115" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8933,51 +8930,51 @@
       <x:c r="T116" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -8990,51 +8987,51 @@
       <x:c r="U117" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -9044,51 +9041,51 @@
       <x:c r="T118" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
@@ -9101,51 +9098,51 @@
       <x:c r="U119" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -9155,51 +9152,51 @@
       <x:c r="T120" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -9266,51 +9263,51 @@
       <x:c r="T122" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
@@ -9377,51 +9374,51 @@
       <x:c r="T124" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -9545,132 +9542,132 @@
       <x:c r="U127" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>578404</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>578417</x:v>
+        <x:v>578410</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
@@ -9680,108 +9677,108 @@
       <x:c r="J130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>578420</x:v>
+        <x:v>578417</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>578410</x:v>
+        <x:v>578420</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>297</x:v>
@@ -9867,196 +9864,196 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>551972</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="Q134" s="16" t="s">
+      <x:c r="R134" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="R134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>596811</x:v>
+        <x:v>592293</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="I135" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="I135" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="Q135" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="Q135" s="4" t="s">
+      <x:c r="R135" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="R135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>592293</x:v>
+        <x:v>596811</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>592294</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
@@ -10277,51 +10274,51 @@
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>606683</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
@@ -10549,111 +10546,111 @@
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>573379</x:v>
+        <x:v>573382</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>573381</x:v>
+        <x:v>573378</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>326</x:v>
@@ -10724,113 +10721,113 @@
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="S149" s="0" t="n">
+        <x:v>573379</x:v>
+      </x:c>
+      <x:c r="T149" s="4" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="U149" s="4" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>573378</x:v>
+        <x:v>573381</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -10840,51 +10837,51 @@
       <x:c r="J151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>573361</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
@@ -11015,108 +11012,108 @@
       <x:c r="J154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>573383</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>578445</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
@@ -11131,51 +11128,51 @@
       <x:c r="J156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>558664</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>339</x:v>
@@ -11238,51 +11235,51 @@
         <x:v>113</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44096</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>573058</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>339</x:v>
@@ -11349,99 +11346,99 @@
       <x:c r="J160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>527817</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>580212</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
@@ -11456,60 +11453,60 @@
       <x:c r="G162" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>567161</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
@@ -11614,75 +11611,75 @@
       <x:c r="U164" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>578446</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
@@ -11697,51 +11694,51 @@
       <x:c r="J166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>527809</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
@@ -11754,1114 +11751,1113 @@
       <x:c r="J167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>527812</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>567005</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>37614</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>42082</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>570687</x:v>
+        <x:v>528751</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E170" s="14" t="s"/>
+      <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>576183</x:v>
+        <x:v>558665</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>4505</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
+      <x:c r="E171" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F171" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>528752</x:v>
+        <x:v>576183</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>527808</x:v>
+        <x:v>528752</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>567002</x:v>
+        <x:v>527808</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>558665</x:v>
+        <x:v>580210</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>580210</x:v>
+        <x:v>567002</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>4505</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>528751</x:v>
+        <x:v>567007</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="R177" s="0" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>567008</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s"/>
-      <x:c r="F178" s="14" t="s"/>
+      <x:c r="E178" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F178" s="14" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="G178" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="Q178" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="Q178" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>567007</x:v>
+        <x:v>575893</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
-      <x:c r="E179" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>575893</x:v>
+        <x:v>531513</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s"/>
+      <x:c r="E180" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>531513</x:v>
+        <x:v>492468</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>492468</x:v>
+        <x:v>553106</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>553106</x:v>
+        <x:v>599700</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
-      <x:c r="E183" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>367</x:v>
-[...2 lines deleted...]
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>599700</x:v>
+        <x:v>596810</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>596810</x:v>
+        <x:v>596821</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>37614</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>42082</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>596821</x:v>
+        <x:v>570687</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -15755,51 +15751,51 @@
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>603246</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -15903,81 +15899,81 @@
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>39598</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>556801</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>490</x:v>
@@ -15991,57 +15987,57 @@
       <x:c r="K244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>556792</x:v>
+        <x:v>507294</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -16051,57 +16047,57 @@
       <x:c r="K245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>507294</x:v>
+        <x:v>556792</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
@@ -16167,54 +16163,54 @@
       <x:c r="K247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>607426</x:v>
+        <x:v>553823</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
@@ -16226,54 +16222,54 @@
       <x:c r="K248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>553823</x:v>
+        <x:v>607426</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -16580,173 +16576,173 @@
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>598015</x:v>
+        <x:v>609552</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>44049</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>609552</x:v>
+        <x:v>598015</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>548584</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16761,51 +16757,51 @@
       <x:c r="J258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>599788</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16877,54 +16873,54 @@
       <x:c r="J260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>549919</x:v>
+        <x:v>549918</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
@@ -16934,141 +16930,141 @@
       <x:c r="J261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>549918</x:v>
+        <x:v>549919</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39059</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>592012</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
@@ -17150,51 +17146,51 @@
         <x:v>39059</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>592011</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
@@ -17207,105 +17203,105 @@
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>591996</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>592215</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
@@ -17372,237 +17368,237 @@
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>591995</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>592092</x:v>
+        <x:v>597455</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>39696</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>14256</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>592214</x:v>
+        <x:v>592092</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>597455</x:v>
+        <x:v>592214</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>105</x:v>
       </x:c>