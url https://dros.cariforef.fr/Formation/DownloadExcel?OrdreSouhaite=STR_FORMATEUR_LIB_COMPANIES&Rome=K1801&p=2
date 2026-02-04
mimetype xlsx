--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -749,62 +749,62 @@
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/13/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur d'adultes (DUFA)</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>Conception action formation</x:t>
@@ -1094,57 +1094,57 @@
   <x:si>
     <x:t>01/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPRO</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/20/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formations Compétences et Perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>FCP</x:t>
   </x:si>
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
     <x:t>LE CASTELLET</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Conseiller en insertion professionnelle (TP CIP)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
@@ -7608,106 +7608,103 @@
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>549538</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
-      <x:c r="E95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>601376</x:v>
+        <x:v>581992</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U95" s="4" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7716,111 +7713,114 @@
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>581992</x:v>
+        <x:v>567433</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>567433</x:v>
+        <x:v>601376</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>223</x:v>
@@ -7897,51 +7897,51 @@
       <x:c r="L99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>601375</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
@@ -10138,114 +10138,114 @@
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>540563</x:v>
+        <x:v>616645</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>616645</x:v>
+        <x:v>540563</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
@@ -12050,213 +12050,213 @@
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>553362</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>590156</x:v>
+        <x:v>608947</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>37274</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>33091</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>597780</x:v>
+        <x:v>590156</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>36500</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>608947</x:v>
+        <x:v>597780</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
@@ -12956,57 +12956,57 @@
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>573370</x:v>
+        <x:v>573289</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
@@ -13015,167 +13015,167 @@
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>573289</x:v>
+        <x:v>573336</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>573336</x:v>
+        <x:v>573372</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>573372</x:v>
+        <x:v>573370</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
@@ -15065,271 +15065,271 @@
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>611430</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>587708</x:v>
+        <x:v>572321</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>611427</x:v>
+        <x:v>611429</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
-      <x:c r="E229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>572321</x:v>
+        <x:v>587708</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>611429</x:v>
+        <x:v>611427</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>464</x:v>
       </x:c>