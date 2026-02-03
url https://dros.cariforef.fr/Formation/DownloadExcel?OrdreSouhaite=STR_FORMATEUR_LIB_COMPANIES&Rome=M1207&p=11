--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -614,83 +614,83 @@
   <x:si>
     <x:t>École Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>École Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>ESCG</x:t>
   </x:si>
   <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
+    <x:t>11/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06000</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>11/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ESCG Nice</x:t>
   </x:si>
   <x:si>
     <x:t>DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2028 00:00:00</x:t>
@@ -767,62 +767,62 @@
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>Insecc - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module UE 5 du DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>HECG</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/12/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
@@ -1067,57 +1067,57 @@
   <x:si>
     <x:t>Difcam</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - UFR Sciences Economiques et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la performance financière</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion performance</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -5076,526 +5076,526 @@
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="S61" s="0" t="n">
+        <x:v>609442</x:v>
+      </x:c>
+      <x:c r="T61" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="S61" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>609442</x:v>
+        <x:v>545639</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>545639</x:v>
+        <x:v>495248</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>495248</x:v>
+        <x:v>609443</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>609443</x:v>
+        <x:v>545634</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>545634</x:v>
+        <x:v>600252</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>600252</x:v>
+        <x:v>499731</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>546855</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>594987</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
@@ -5968,51 +5968,51 @@
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>494444</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -6133,51 +6133,51 @@
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>571993</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6355,51 +6355,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>587408</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6414,51 +6414,51 @@
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>603680</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6471,51 +6471,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>495332</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
@@ -6587,51 +6587,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>601816</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6783,75 +6783,75 @@
       <x:c r="T90" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>587414</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
@@ -6866,468 +6866,468 @@
       <x:c r="I92" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>607159</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>571997</x:v>
+        <x:v>507607</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>571999</x:v>
+        <x:v>567430</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>507607</x:v>
+        <x:v>554013</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>567430</x:v>
+        <x:v>571997</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>554013</x:v>
+        <x:v>571999</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>587413</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>567429</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>231</x:v>
@@ -7338,57 +7338,57 @@
       <x:c r="K100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>509420</x:v>
+        <x:v>599154</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -7398,57 +7398,57 @@
       <x:c r="K101" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>599154</x:v>
+        <x:v>546499</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>231</x:v>
@@ -7456,57 +7456,57 @@
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>546499</x:v>
+        <x:v>558877</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -7516,60 +7516,60 @@
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>558877</x:v>
+        <x:v>509420</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>231</x:v>
@@ -7583,54 +7583,54 @@
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>599153</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="U104" s="16" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -7687,51 +7687,51 @@
       <x:c r="I106" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>554236</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
@@ -7744,51 +7744,51 @@
       <x:c r="I107" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>498512</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
@@ -7803,51 +7803,51 @@
       <x:c r="I108" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>554234</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
@@ -7860,63 +7860,63 @@
       <x:c r="I109" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>607160</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>108</x:v>
@@ -7993,51 +7993,51 @@
       <x:c r="M111" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>614708</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>108</x:v>
@@ -9003,57 +9003,57 @@
       <x:c r="K129" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>546325</x:v>
+        <x:v>600149</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -9119,57 +9119,57 @@
       <x:c r="K131" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>600149</x:v>
+        <x:v>546325</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9261,208 +9261,208 @@
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>608203</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>559042</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>516442</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>41855</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -9954,51 +9954,51 @@
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>609597</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>292</x:v>
@@ -10072,51 +10072,51 @@
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>547171</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
@@ -10131,51 +10131,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>601993</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10707,57 +10707,57 @@
       <x:c r="K158" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>554864</x:v>
+        <x:v>510586</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -10767,57 +10767,57 @@
       <x:c r="K159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>510586</x:v>
+        <x:v>554864</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>61</x:v>
@@ -11459,114 +11459,114 @@
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>32079</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>578849</x:v>
+        <x:v>562793</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39763</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32079</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>562793</x:v>
+        <x:v>578849</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>