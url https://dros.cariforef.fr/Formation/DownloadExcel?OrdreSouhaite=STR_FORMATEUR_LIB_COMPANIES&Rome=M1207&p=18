--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -185,80 +185,80 @@
   <x:si>
     <x:t>Conseil entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion comptable, fiscale et financière</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Fiscalité entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention comptabilité - contrôle - audit parcours comptabilité, contrôle, audit</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
+    <x:t>DESU Advanced Engineering and Corporate Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse financière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention économétrie, statistiques parcours économétrie et data sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Statistique appliquée</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention comptabilité - contrôle - audit parcours comptabilité, contrôle, audit</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention économétrie, statistiques parcours recherche en économie</x:t>
   </x:si>
   <x:si>
-    <x:t>DESU Advanced Engineering and Corporate Finance</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention monnaie, banque, finance, assurance parcours international finance</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
@@ -494,71 +494,71 @@
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit (Contrat de Professionnalisation)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
@@ -620,116 +620,116 @@
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>École Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>ESCG</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2023 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/04/2024 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>10/31/2026 00:00:00</x:t>
+    <x:t>11/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/07/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>ESCG Nice</x:t>
   </x:si>
   <x:si>
     <x:t>DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/24/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
@@ -752,71 +752,71 @@
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Insecc</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>Insecc - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Module UE 5 du DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hautes Etudes de Comptabilité et de Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HECG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Module UE 5 du DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
@@ -980,57 +980,57 @@
   <x:si>
     <x:t>10/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Finance pour non financiers : Les "ficelles" de la finance d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
@@ -1825,321 +1825,321 @@
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>575973</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>35991</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>613041</x:v>
+        <x:v>575675</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>39013</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>11017</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>575678</x:v>
+        <x:v>613041</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>575675</x:v>
+        <x:v>612759</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>575679</x:v>
+        <x:v>575678</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>45</x:v>
-[...1 lines deleted...]
-      <x:c r="C9" s="3" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>39013</x:v>
+      </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
+      <x:c r="J9" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>32626</x:v>
+        <x:v>11017</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>612759</x:v>
+        <x:v>575679</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38542</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
@@ -2386,51 +2386,51 @@
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>595416</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -2457,205 +2457,205 @@
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>594986</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>39013</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>11017</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>594984</x:v>
+        <x:v>592041</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>592041</x:v>
+        <x:v>592042</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>39013</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>11017</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592042</x:v>
+        <x:v>594984</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38542</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -3983,399 +3983,399 @@
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>461229</x:v>
+        <x:v>461244</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>461246</x:v>
+        <x:v>461229</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>461253</x:v>
+        <x:v>461246</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>577590</x:v>
+        <x:v>461253</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>461225</x:v>
+        <x:v>577590</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>461228</x:v>
+        <x:v>461225</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>461236</x:v>
+        <x:v>461228</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -4388,51 +4388,51 @@
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>461244</x:v>
+        <x:v>461236</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>120</x:v>
@@ -5170,87 +5170,87 @@
       <x:c r="U62" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="R63" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="S63" s="0" t="n">
+        <x:v>495248</x:v>
+      </x:c>
+      <x:c r="T63" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="R63" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>181</x:v>
@@ -5261,57 +5261,57 @@
       <x:c r="K64" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>495248</x:v>
+        <x:v>609443</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -5321,233 +5321,233 @@
       <x:c r="K65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>609443</x:v>
+        <x:v>545634</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>545634</x:v>
+        <x:v>600252</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>546855</x:v>
+        <x:v>499731</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>499731</x:v>
+        <x:v>546855</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -5616,51 +5616,51 @@
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>524652</x:v>
+        <x:v>609820</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -5673,51 +5673,51 @@
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>587412</x:v>
+        <x:v>571996</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
@@ -5732,114 +5732,114 @@
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>609820</x:v>
+        <x:v>524652</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>571996</x:v>
+        <x:v>587412</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
@@ -5851,54 +5851,54 @@
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>580062</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5908,54 +5908,54 @@
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>587411</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5968,51 +5968,51 @@
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>494444</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -6073,333 +6073,333 @@
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>587408</x:v>
+        <x:v>581437</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>581437</x:v>
+        <x:v>571993</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>587407</x:v>
+        <x:v>542490</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>587410</x:v>
+        <x:v>587407</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>542490</x:v>
+        <x:v>587410</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>571993</x:v>
+        <x:v>587408</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6414,51 +6414,51 @@
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>603680</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6471,51 +6471,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>495332</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
@@ -6587,51 +6587,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>601816</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6819,51 +6819,51 @@
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>587414</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
@@ -6872,230 +6872,230 @@
       <x:c r="K92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>607160</x:v>
+        <x:v>607159</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>567430</x:v>
+        <x:v>507607</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>554013</x:v>
+        <x:v>567430</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>567429</x:v>
+        <x:v>554013</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7104,114 +7104,114 @@
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>507607</x:v>
+        <x:v>571997</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>571997</x:v>
+        <x:v>571999</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7220,417 +7220,417 @@
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>571999</x:v>
+        <x:v>587413</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>587413</x:v>
+        <x:v>567429</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H100" s="14" t="s">
+      <x:c r="I100" s="16" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>599154</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="U100" s="16" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H101" s="0" t="s">
+      <x:c r="I101" s="4" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>546499</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H102" s="14" t="s">
+      <x:c r="I102" s="16" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>558877</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H103" s="0" t="s">
+      <x:c r="I103" s="4" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>509420</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H104" s="14" t="s">
+      <x:c r="I104" s="16" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>599153</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="U104" s="16" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -7750,54 +7750,54 @@
       <x:c r="K107" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>554234</x:v>
+        <x:v>498512</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
@@ -7809,114 +7809,114 @@
       <x:c r="K108" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>607159</x:v>
+        <x:v>554234</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>498512</x:v>
+        <x:v>607160</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>108</x:v>
@@ -7993,51 +7993,51 @@
       <x:c r="M111" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>614708</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>108</x:v>
@@ -8164,114 +8164,114 @@
       <x:c r="K114" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>501440</x:v>
+        <x:v>550573</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>550573</x:v>
+        <x:v>501440</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -8375,51 +8375,51 @@
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>523284</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
@@ -9003,57 +9003,57 @@
       <x:c r="K129" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>546325</x:v>
+        <x:v>600149</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -9119,57 +9119,57 @@
       <x:c r="K131" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>600149</x:v>
+        <x:v>546325</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9297,51 +9297,51 @@
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>608203</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -9415,175 +9415,175 @@
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>516442</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>41855</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>547738</x:v>
+        <x:v>616776</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>41855</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>616776</x:v>
+        <x:v>547738</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9954,51 +9954,51 @@
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>609597</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>292</x:v>
@@ -10072,51 +10072,51 @@
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>547171</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
@@ -10131,51 +10131,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>601993</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10246,445 +10246,445 @@
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>614277</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
+      <x:c r="E151" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>596716</x:v>
+        <x:v>554866</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>554866</x:v>
+        <x:v>603404</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>603404</x:v>
+        <x:v>603405</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>603403</x:v>
+        <x:v>554812</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
-      <x:c r="E155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="R155" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="R155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>603405</x:v>
+        <x:v>596716</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>554812</x:v>
+        <x:v>603403</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38542</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>597442</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
@@ -10701,172 +10701,172 @@
       <x:c r="I158" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>554864</x:v>
+        <x:v>510586</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>510586</x:v>
+        <x:v>554864</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>453823</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
@@ -11225,57 +11225,57 @@
       <x:c r="K167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>556167</x:v>
+        <x:v>602547</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>61</x:v>
@@ -11283,54 +11283,54 @@
       <x:c r="J168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>602547</x:v>
+        <x:v>602548</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -11343,60 +11343,60 @@
       <x:c r="J169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>602548</x:v>
+        <x:v>556167</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38542</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">