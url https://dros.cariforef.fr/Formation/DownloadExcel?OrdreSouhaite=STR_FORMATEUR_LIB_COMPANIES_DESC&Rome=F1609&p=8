--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -401,83 +401,83 @@
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>5. Habilitation électrique : Personnel électricien B1V-B2V-BR-BC</x:t>
   </x:si>
   <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Peintre applicateur de revêtements</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
-    <x:t>LA SEYNE-SUR-MER</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>Agent polyvalent de maintenance des bâtiments (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Formatsud Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Bâtiment second oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
@@ -617,66 +617,66 @@
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Antibes Max Fiorini</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitations électriques B1V - B2V - BC - BE - BR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brink's Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques B1V - B2V - H1V - H2V</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques B1V  - B2V - H1V - H2V - Recyclage</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitations électriques B1V - B2V - BC - BE - BR - Recyclage</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Habilitations électriques B1V  - B2V - H1V - H2V - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V</x:t>
   </x:si>
   <x:si>
     <x:t>Bernard Clément Formation Travaux Publics</x:t>
   </x:si>
   <x:si>
     <x:t>BCFTP</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1V - B2V - BC - BR</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Athéna Formation Conseil</x:t>
   </x:si>
@@ -2707,57 +2707,57 @@
       <x:c r="K25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>498619</x:v>
+        <x:v>548833</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="U25" s="4" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>106</x:v>
@@ -2768,54 +2768,54 @@
       <x:c r="K26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>548833</x:v>
+        <x:v>498619</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -2864,645 +2864,645 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>606213</x:v>
+        <x:v>606212</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="S29" s="0" t="n">
+        <x:v>614255</x:v>
+      </x:c>
+      <x:c r="T29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="S29" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="C30" s="15" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C30" s="15" t="n">
+        <x:v>39036</x:v>
+      </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>606212</x:v>
+        <x:v>565100</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>614255</x:v>
+        <x:v>610931</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>565100</x:v>
+        <x:v>606213</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>565098</x:v>
+        <x:v>565099</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>552667</x:v>
+        <x:v>558621</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>565099</x:v>
+        <x:v>552667</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>558621</x:v>
+        <x:v>565098</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="C37" s="3" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>39036</x:v>
+      </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>615138</x:v>
+        <x:v>608979</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>608979</x:v>
+        <x:v>615138</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>126</x:v>
@@ -3620,57 +3620,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>548830</x:v>
+        <x:v>455021</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>106</x:v>
@@ -3681,57 +3681,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>455021</x:v>
+        <x:v>498611</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -3741,57 +3741,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>498611</x:v>
+        <x:v>609385</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>106</x:v>
@@ -3802,57 +3802,57 @@
       <x:c r="K44" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>609385</x:v>
+        <x:v>548830</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -3865,54 +3865,54 @@
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>498607</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>106</x:v>
@@ -3929,51 +3929,51 @@
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>548829</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -4214,51 +4214,51 @@
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>502075</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>148</x:v>
@@ -4456,51 +4456,51 @@
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>502339</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>148</x:v>
@@ -4649,164 +4649,164 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>604764</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>604763</x:v>
+        <x:v>502283</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>502283</x:v>
+        <x:v>604763</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -4880,51 +4880,51 @@
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>498734</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -5185,215 +5185,215 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>503570</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>548317</x:v>
+        <x:v>548339</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>604009</x:v>
+        <x:v>548340</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>604010</x:v>
+        <x:v>548317</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -5403,57 +5403,57 @@
       <x:c r="K71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>548339</x:v>
+        <x:v>604009</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -5462,54 +5462,54 @@
       <x:c r="K72" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>548340</x:v>
+        <x:v>604010</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -5519,57 +5519,57 @@
       <x:c r="K73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>604018</x:v>
+        <x:v>604017</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
@@ -5578,289 +5578,289 @@
       <x:c r="K74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>548391</x:v>
+        <x:v>604018</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>503596</x:v>
+        <x:v>548391</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>503648</x:v>
+        <x:v>503596</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>604033</x:v>
+        <x:v>503648</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>604017</x:v>
+        <x:v>604033</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -6042,230 +6042,230 @@
       <x:c r="K82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>503435</x:v>
+        <x:v>603390</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>603390</x:v>
+        <x:v>603389</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>603389</x:v>
+        <x:v>603327</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>603327</x:v>
+        <x:v>503435</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
@@ -7564,205 +7564,205 @@
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>548427</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>503132</x:v>
+        <x:v>603174</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>603174</x:v>
+        <x:v>503132</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>609987</x:v>
+        <x:v>609984</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>184</x:v>
@@ -7773,158 +7773,158 @@
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>609984</x:v>
+        <x:v>609990</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>609990</x:v>
+        <x:v>609981</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>609981</x:v>
+        <x:v>609987</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>191</x:v>
@@ -8336,51 +8336,51 @@
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>495931</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>35505</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -8393,100 +8393,100 @@
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>495930</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>614244</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>226</x:v>
@@ -8623,51 +8623,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>548832</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>106</x:v>
@@ -8741,54 +8741,54 @@
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>498615</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>