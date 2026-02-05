--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -1040,63 +1040,63 @@
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Amadeus</x:t>
   </x:si>
   <x:si>
     <x:t>Billetterie</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel conseiller vendeur en voyages BC3 concevoir et promouvoir un forfait touristique</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller vendeur en voyages BC1 réserver des prestations touristiques</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
@@ -3497,161 +3497,163 @@
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>607808</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>556264</x:v>
+        <x:v>595001</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>595001</x:v>
+        <x:v>556264</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>71</x:v>
@@ -4764,57 +4766,57 @@
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>531266</x:v>
+        <x:v>608089</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4823,57 +4825,57 @@
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>608089</x:v>
+        <x:v>531266</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -6397,235 +6399,235 @@
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>494235</x:v>
+        <x:v>518617</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>518617</x:v>
+        <x:v>554775</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>554775</x:v>
+        <x:v>565239</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>565239</x:v>
+        <x:v>494235</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6987,119 +6989,119 @@
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>509783</x:v>
+        <x:v>502499</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>502499</x:v>
+        <x:v>553992</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7162,60 +7164,60 @@
       <x:c r="J94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>553992</x:v>
+        <x:v>509783</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9768,159 +9770,159 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>558181</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>37890</x:v>
+        <x:v>34465</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>607284</x:v>
+        <x:v>506613</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>34465</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>506613</x:v>
+        <x:v>607284</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
@@ -9929,114 +9931,114 @@
       <x:c r="K142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>600165</x:v>
+        <x:v>502787</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>546104</x:v>
+        <x:v>600165</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -10045,57 +10047,57 @@
       <x:c r="K144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>502787</x:v>
+        <x:v>546104</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -12415,148 +12417,148 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>616976</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>573659</x:v>
+        <x:v>614746</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="U186" s="16" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>614746</x:v>
+        <x:v>573659</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
@@ -12626,62 +12628,62 @@
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>614747</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>171</x:v>
@@ -12740,51 +12742,51 @@
       <x:c r="M191" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>573652</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
@@ -12920,164 +12922,165 @@
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>525192</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
+      <x:c r="E195" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>543835</x:v>
+        <x:v>601355</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>601355</x:v>
+        <x:v>543835</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>170</x:v>
       </x:c>