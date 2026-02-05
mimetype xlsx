--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -503,86 +503,86 @@
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme ingénieur d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>33400</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School - Antenne Toulon</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/29/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Programme ingénieur d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/18/2023 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>Manager d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie commerciale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
@@ -791,62 +791,62 @@
   <x:si>
     <x:t>Master mention droit des affaires parcours marché des professionnels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque</x:t>
   </x:si>
   <x:si>
     <x:t>ESBANQUE</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>manager du développement commercial à l'international</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>expert en études et développement du système d'information</x:t>
+  </x:si>
+  <x:si>
     <x:t>My digital school Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>Informatique - Systèmes d’information et numérique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>expert en études et développement du système d'information</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Expert en énergies renouvelables (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Afi24</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie solaire</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure des Mines de Paris - Antenne Valbonne</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en énergies renouvelables (MS)</x:t>
@@ -941,146 +941,146 @@
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure d'arts et métiers spécialité mécanique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique théorique</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur d'affaires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur d'affaires (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Manager de projets de construction (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>BTP conception organisation</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager de projets de construction (MS) (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de portefeuille de projets (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Cesi Association</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école centrale de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement de projets transversaux et innovants (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conduite changement technologique</x:t>
   </x:si>
   <x:si>
+    <x:t>09/20/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2028 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
@@ -1112,122 +1112,122 @@
   <x:si>
     <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention management stratégique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
-    <x:t>LUYNES</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit chinois des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit rural des affaires</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours numérique des affaires et propriété intellectuelle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit des affaires parcours droit des affaires internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours distribution concurrence</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
-[...2 lines deleted...]
-    <x:t>Master mention droit des affaires parcours numérique des affaires et propriété intellectuelle</x:t>
+    <x:t>Master mention entrepreneuriat et management de projets Parcours Entrepreneuriat et innovation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microéconomie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et administration des entreprises parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Master mention management et administration des entreprises parcours management général</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours management de projets de développement durable et culturel</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours PME-Export</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours au management international</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours management international de l'hospitalité</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
@@ -1235,63 +1235,63 @@
   <x:si>
     <x:t>Master mention management et commerce international parcours financement stratégies internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours management du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des assurances (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et fiscalité de l'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management des activités maritimes</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit des affaires parcours droit des transports internationaux et de la supply chain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours ingénierie des sociétés</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit des affaires parcours compliance et droit des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management du transport aérien</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Master mention droit des affaires parcours ingénierie des sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion de projet initiation</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -3690,114 +3690,114 @@
       <x:c r="K34" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>553088</x:v>
+        <x:v>553087</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>553087</x:v>
+        <x:v>506027</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -3806,111 +3806,111 @@
       <x:c r="K36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>506027</x:v>
+        <x:v>553088</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>598308</x:v>
+        <x:v>529238</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3920,108 +3920,108 @@
       <x:c r="L38" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>479278</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>529238</x:v>
+        <x:v>598308</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="U39" s="4" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4141,114 +4141,114 @@
       <x:c r="K42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>608660</x:v>
+        <x:v>608659</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>608659</x:v>
+        <x:v>608660</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40591</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>165</x:v>
@@ -5359,99 +5359,99 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>549065</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>603063</x:v>
+        <x:v>497346</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -5461,283 +5461,283 @@
       <x:c r="K65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>549064</x:v>
+        <x:v>603063</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>549067</x:v>
+        <x:v>549064</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>549066</x:v>
+        <x:v>549067</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>497345</x:v>
+        <x:v>549066</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>497346</x:v>
+        <x:v>497345</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39965</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
@@ -5934,156 +5934,156 @@
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>513365</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>36148</x:v>
+        <x:v>40362</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>502788</x:v>
+        <x:v>573871</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>40362</x:v>
+        <x:v>36148</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>573871</x:v>
+        <x:v>502788</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -6453,148 +6453,148 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>597134</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>40362</x:v>
+        <x:v>40363</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>592534</x:v>
+        <x:v>592546</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>40363</x:v>
+        <x:v>40362</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="P84" s="14" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>592546</x:v>
+        <x:v>592534</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -6856,161 +6856,161 @@
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>567142</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>39169</x:v>
+        <x:v>37939</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>605714</x:v>
+        <x:v>451266</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>37939</x:v>
+        <x:v>39169</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>451266</x:v>
+        <x:v>543539</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>48</x:v>
@@ -7021,57 +7021,57 @@
       <x:c r="K92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>543539</x:v>
+        <x:v>550302</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -7081,57 +7081,57 @@
       <x:c r="K93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>550302</x:v>
+        <x:v>605714</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
@@ -7253,156 +7253,157 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>599056</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>578168</x:v>
+        <x:v>599055</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>599055</x:v>
+        <x:v>578168</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
@@ -7718,57 +7719,57 @@
       <x:c r="K104" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>550283</x:v>
+        <x:v>501081</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -7778,57 +7779,57 @@
       <x:c r="K105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>501081</x:v>
+        <x:v>550283</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7846,214 +7847,214 @@
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>558103</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
+      <x:c r="E107" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>558104</x:v>
+        <x:v>545654</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>35760</x:v>
+        <x:v>38466</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>32135</x:v>
+        <x:v>34590</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>487526</x:v>
+        <x:v>558104</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38466</x:v>
+        <x:v>35760</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
-      <x:c r="E109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>34590</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>545654</x:v>
+        <x:v>487526</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8131,164 +8132,164 @@
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>592227</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>37629</x:v>
+        <x:v>38930</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>32135</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>549321</x:v>
+        <x:v>549324</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38930</x:v>
+        <x:v>37629</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>549324</x:v>
+        <x:v>549321</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -8349,57 +8350,57 @@
       <x:c r="K115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21540</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>608406</x:v>
+        <x:v>608408</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39884</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>172</x:v>
@@ -8410,57 +8411,57 @@
       <x:c r="K116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21540</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>608408</x:v>
+        <x:v>608406</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -8587,838 +8588,838 @@
       <x:c r="M119" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>607703</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>556601</x:v>
+        <x:v>607705</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>607705</x:v>
+        <x:v>504116</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>504116</x:v>
+        <x:v>556601</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>556600</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>504447</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>556551</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>609174</x:v>
+        <x:v>498939</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>498939</x:v>
+        <x:v>609174</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>556550</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>556637</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>504152</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>556638</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>556524</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -9477,129 +9478,129 @@
       <x:c r="G134" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>504410</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>556519</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>128</x:v>
@@ -9616,51 +9617,51 @@
       <x:c r="M136" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>608922</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>96</x:v>
@@ -9726,91 +9727,91 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>614386</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>39263</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>597435</x:v>
+        <x:v>592070</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
@@ -9820,216 +9821,216 @@
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>595422</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>39263</x:v>
+        <x:v>35909</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>592070</x:v>
+        <x:v>595496</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>35909</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>595496</x:v>
+        <x:v>597435</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>595461</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
@@ -10274,51 +10275,51 @@
       <x:c r="K148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>576309</x:v>
+        <x:v>576308</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -10331,51 +10332,51 @@
       <x:c r="K149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>576305</x:v>
+        <x:v>576311</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
@@ -10390,51 +10391,51 @@
       <x:c r="K150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>576308</x:v>
+        <x:v>576309</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -10447,223 +10448,223 @@
       <x:c r="K151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>576311</x:v>
+        <x:v>576305</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>35916</x:v>
+        <x:v>35922</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>13133</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>575019</x:v>
+        <x:v>575029</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>35922</x:v>
+        <x:v>35916</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>13133</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>575029</x:v>
+        <x:v>575019</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>575018</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -10851,51 +10852,51 @@
       <x:c r="J158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>575877</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -10908,51 +10909,51 @@
       <x:c r="J159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>575875</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
@@ -10967,51 +10968,51 @@
       <x:c r="J160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>575876</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -11140,51 +11141,51 @@
       <x:c r="J163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>581242</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
@@ -11375,51 +11376,51 @@
       <x:c r="K167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>581239</x:v>
+        <x:v>581241</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
@@ -11434,108 +11435,108 @@
       <x:c r="K168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>581246</x:v>
+        <x:v>581248</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>581234</x:v>
+        <x:v>581239</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
@@ -11550,108 +11551,108 @@
       <x:c r="K170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>581241</x:v>
+        <x:v>581246</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>581248</x:v>
+        <x:v>581234</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37580</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">