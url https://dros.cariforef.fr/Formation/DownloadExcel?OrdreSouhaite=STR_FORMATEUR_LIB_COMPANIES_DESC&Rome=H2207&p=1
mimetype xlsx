--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -224,57 +224,57 @@
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option marqueteur</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP arts du bois option sculpteur ornemaniste</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP ébéniste</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>CAP arts du bois option sculpteur ornemaniste</x:t>
   </x:si>
   <x:si>
     <x:t>BMA spécialité ébéniste</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention objet</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Art appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
@@ -1400,151 +1400,151 @@
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>595566</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>37538</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>45582</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>592229</x:v>
+        <x:v>595564</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>37301</x:v>
+        <x:v>37538</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>45096</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>595564</x:v>
+        <x:v>592229</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37494</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -1554,51 +1554,51 @@
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>615952</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37494</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -1895,51 +1895,51 @@
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>595597</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
@@ -2063,51 +2063,51 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>593052</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>45582</x:v>
@@ -2117,51 +2117,51 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>592228</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
@@ -2754,51 +2754,51 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>599704</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45582</x:v>
@@ -2808,51 +2808,51 @@
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>591260</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
@@ -3611,51 +3611,51 @@
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>607552</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>125</x:v>
@@ -3914,51 +3914,51 @@
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>607540</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -4324,51 +4324,51 @@
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>603209</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37238</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">