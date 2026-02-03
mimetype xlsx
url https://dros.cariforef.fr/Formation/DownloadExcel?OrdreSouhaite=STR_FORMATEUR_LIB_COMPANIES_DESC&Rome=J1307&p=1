--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -1625,275 +1625,274 @@
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>326815</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>35719</x:v>
+        <x:v>37312</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>43006</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>545879</x:v>
+        <x:v>326811</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>35719</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>43006</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>545986</x:v>
+        <x:v>545879</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>35719</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
-      <x:c r="E15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>43006</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>496235</x:v>
+        <x:v>545986</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>37312</x:v>
+        <x:v>35719</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s"/>
+      <x:c r="E16" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>43006</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>326811</x:v>
+        <x:v>496235</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>41851</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>