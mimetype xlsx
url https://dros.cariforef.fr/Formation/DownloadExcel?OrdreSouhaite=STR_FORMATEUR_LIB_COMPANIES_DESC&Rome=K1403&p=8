--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -182,107 +182,107 @@
   <x:si>
     <x:t>Droit public</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention intervention et développement social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention santé publique</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Théorie graphes</x:t>
   </x:si>
   <x:si>
-    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>13628</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Droit</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention gestion des structures sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
@@ -323,116 +323,116 @@
   <x:si>
     <x:t>Titre professionnel responsable - coordonnateur services au domicile (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Unifadom</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Service à la personne</x:t>
   </x:si>
   <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>01/02/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Toccata</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Piloter une crèche: management, direction et sécurité juridique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stéphanie Disant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion crèche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Savoir diriger, recruter et manager en crèche</x:t>
   </x:si>
   <x:si>
-    <x:t>Stéphanie Disant</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Piloter une crèche: management, direction et sécurité juridique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Diriger un EAJE : affirmer sa posture et développer ses compétences managériales</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Développer les compétences essentielles pour diriger une crèche</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diriger un établissement d'accueil du jeune enfant (EAJE) en crèche</x:t>
   </x:si>
   <x:si>
     <x:t>Direction établissement médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Piloter un établissements d'accueil du jeune enfant (EAJE) : management, organisation et cadre juridique</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services et prestations des secteurs sanitaire et social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
@@ -602,71 +602,71 @@
   <x:si>
     <x:t>APT CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Nelson Mandela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
     <x:t>lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
-    <x:t>13012</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée les Fauvettes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
@@ -755,65 +755,65 @@
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Empéri</x:t>
   </x:si>
   <x:si>
     <x:t>13657</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Bonaparte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83097</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Bonaparte</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée A David Néel</x:t>
   </x:si>
   <x:si>
     <x:t>04004</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
@@ -953,182 +953,182 @@
   <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (CAFERUIS)</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'Etat d'ingénierie sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMF RIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travail social en réseau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
-[...20 lines deleted...]
-    <x:t>Diplôme d'Etat d'ingénierie sociale</x:t>
+    <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travail social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (cursus partiel au titre du DEIS)</x:t>
   </x:si>
   <x:si>
-    <x:t>11/10/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2025 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Maître(esse) de maison</x:t>
   </x:si>
   <x:si>
     <x:t>Maître de maison</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (cursus partiel au titre du DEIS) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (cursus partiel)</x:t>
   </x:si>
   <x:si>
-    <x:t>06/02/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel responsable - coordonnateur services au domicile</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
   </x:si>
   <x:si>
     <x:t>IFASAD</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2027 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>directeur des établissements de santé</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers Secours en Santé Mentale</x:t>
   </x:si>
   <x:si>
     <x:t>Infipp</x:t>
   </x:si>
   <x:si>
     <x:t>69120</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
@@ -1181,110 +1181,110 @@
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Hors Piste Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
-    <x:t>MEYREUIL</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>HEM santé</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>HETIS</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS SP3S - Services et Prestations des Secteurs Sanitaire et Social</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
@@ -1394,62 +1394,62 @@
   <x:si>
     <x:t>Gestion financière hôpital</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CCPAM</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/14/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>Master 1 politiques sociales + Caferuis</x:t>
@@ -1532,65 +1532,65 @@
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
   </x:si>
   <x:si>
     <x:t>ACOPAD</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS services et prestations des secteurs sanitaire et social module relations usagers clients séniors</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REFLETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS services et prestations des secteurs sanitaire et social module relations usagers clients séniors</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Responsable d'entreprise d'économie sociale et solidaire</x:t>
   </x:si>
   <x:si>
     <x:t>Arobase Formations Provence</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager expert qualité et performance des organisations d'économie sociale et solidaire BC1 Encadrer le Diagnostic qualité et stratégique d'une Organisation d'Economie Sociale et Solidaire</x:t>
   </x:si>
   <x:si>
     <x:t>Amac Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025 00:00:00</x:t>
@@ -1622,117 +1622,117 @@
   <x:si>
     <x:t>Master mention droit public parcours droit des finances publiques et de la fiscalité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit public fondamental</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours pratique des droits fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit et pratique des contentieux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention gestion des structures sanitaires et sociales parcours responsable de structures enfance et petite enfance</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences sanitaires et sociales parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention intervention et développement social parcours handicap et dépendance</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention intervention et développement social parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours encadrement des organisations de santé et management de la qualité et de la sécurité des soins</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours épidémiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours handicap et santé</x:t>
   </x:si>
   <x:si>
     <x:t>DU Hygiène hospitalière et gestion de la contagion</x:t>
   </x:si>
   <x:si>
     <x:t>Hygiène hospitalière</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
+    <x:t>Master mention management sectoriel parcours pilotage des chaînes de transport multimodales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Management transversal</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management sectoriel parcours management de projet aéronautique digital</x:t>
   </x:si>
   <x:si>
-    <x:t>Management transversal</x:t>
-[...2 lines deleted...]
-    <x:t>Master mention management sectoriel parcours pilotage des chaînes de transport multimodales</x:t>
+    <x:t>DESU Maintien et soins à domicile de la personne âgée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hospitalisation à domicile</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de la santé parcours droit et gestion des institutions en santé (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>DU Entrepreneuriat dans la silver économie</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Hospitalisation à domicile</x:t>
   </x:si>
   <x:si>
     <x:t>DU management de la prévention et du contrôle des infections</x:t>
   </x:si>
   <x:si>
     <x:t>DU Stérilisation et dispositifs médicaux</x:t>
   </x:si>
   <x:si>
     <x:t>Stérilisation médicale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours études parlementaires et droit des assemblées</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -2397,457 +2397,457 @@
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>597456</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P4" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="P4" s="14" t="s">
+      <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="Q4" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>592092</x:v>
+        <x:v>597455</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>39696</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="I5" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>14256</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>592214</x:v>
+        <x:v>591995</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>597455</x:v>
+        <x:v>592092</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>39040</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="I7" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="P7" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="P7" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="Q7" s="4" t="s">
+      <x:c r="R7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="R7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>591995</x:v>
+        <x:v>592214</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>39696</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>14256</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>592215</x:v>
+        <x:v>591996</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>39040</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I9" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="I9" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>591996</x:v>
+        <x:v>592215</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38194</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R10" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>597256</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -2875,51 +2875,51 @@
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>592011</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
@@ -2986,51 +2986,51 @@
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>592012</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
@@ -3055,51 +3055,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>549919</x:v>
+        <x:v>549918</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>78</x:v>
@@ -3114,51 +3114,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>549918</x:v>
+        <x:v>549919</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -3340,100 +3340,100 @@
       <x:c r="K20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>44049</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>600369</x:v>
+        <x:v>607207</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>44049</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>607207</x:v>
+        <x:v>600369</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>98</x:v>
@@ -3448,100 +3448,100 @@
       <x:c r="M22" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>44049</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>616053</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>44049</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>588427</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
@@ -3550,100 +3550,100 @@
       <x:c r="M24" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>598015</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>44049</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>609552</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
@@ -4005,57 +4005,57 @@
       <x:c r="K32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>507294</x:v>
+        <x:v>556792</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -4065,85 +4065,85 @@
       <x:c r="K33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>556792</x:v>
+        <x:v>507294</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39598</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -4153,134 +4153,134 @@
       <x:c r="T34" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>603246</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>555053</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
@@ -4686,114 +4686,114 @@
       <x:c r="K44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>547582</x:v>
+        <x:v>494781</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>494781</x:v>
+        <x:v>547582</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
@@ -5118,254 +5118,257 @@
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>596415</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>596709</x:v>
+        <x:v>611319</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>180</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
+      <x:c r="I54" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="I54" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>611319</x:v>
+        <x:v>596397</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>142</x:v>
-[...1 lines deleted...]
-      <x:c r="C55" s="3" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="n">
+        <x:v>36939</x:v>
+      </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>35015</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>596397</x:v>
+        <x:v>596709</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>596417</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>187</x:v>
@@ -6160,322 +6163,319 @@
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>596393</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
-      <x:c r="E73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="H73" s="0" t="s">
+      <x:c r="I73" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="I73" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>511099</x:v>
+        <x:v>596413</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>142</x:v>
-[...1 lines deleted...]
-      <x:c r="C74" s="15" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C74" s="15" t="n">
+        <x:v>36939</x:v>
+      </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s"/>
+      <x:c r="E74" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="J74" s="14" t="s"/>
+      <x:c r="J74" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>35015</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>596413</x:v>
+        <x:v>558638</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>558638</x:v>
+        <x:v>511099</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>607804</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>596707</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
@@ -6564,73 +6564,73 @@
         <x:v>596402</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>596420</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>240</x:v>
@@ -6772,76 +6772,76 @@
         <x:v>596409</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>596405</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>247</x:v>
@@ -7260,51 +7260,51 @@
       <x:c r="T92" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
@@ -7523,1449 +7523,1449 @@
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>531513</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G98" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>575893</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="P99" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="P99" s="0" t="s">
+      <x:c r="Q99" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="Q99" s="4" t="s">
+      <x:c r="R99" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="R99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>567008</x:v>
+        <x:v>567007</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H100" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="P100" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="P100" s="14" t="s">
+      <x:c r="Q100" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="Q100" s="16" t="s">
+      <x:c r="R100" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="R100" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>567007</x:v>
+        <x:v>567008</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>527808</x:v>
+        <x:v>558665</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B102" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="B102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>4505</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="P102" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="Q102" s="16" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="R102" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="S102" s="14" t="n">
+        <x:v>580210</x:v>
+      </x:c>
+      <x:c r="T102" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="P102" s="14" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
-      <x:c r="E103" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G103" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H103" s="0" t="s">
+      <x:c r="I103" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K103" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="L103" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M103" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N103" s="3" t="n">
+        <x:v>44056</x:v>
+      </x:c>
+      <x:c r="O103" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="I103" s="4" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>576183</x:v>
+        <x:v>567002</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>580210</x:v>
+        <x:v>528751</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>567002</x:v>
+        <x:v>527808</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="U105" s="4" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H106" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>528751</x:v>
+        <x:v>528752</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
+      <x:c r="E107" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
       <x:c r="G107" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>558665</x:v>
+        <x:v>576183</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>578445</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44096</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>615078</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H110" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44096</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>573058</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>4505</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>531595</x:v>
+        <x:v>578446</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>294</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>4505</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>531607</x:v>
+        <x:v>527809</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="U112" s="16" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>567161</x:v>
+        <x:v>527812</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>294</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>580212</x:v>
+        <x:v>558664</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>527817</x:v>
+        <x:v>567005</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44096</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>573272</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>578446</x:v>
+        <x:v>527817</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>294</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>527809</x:v>
+        <x:v>580212</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H119" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="S119" s="0" t="n">
+        <x:v>567161</x:v>
+      </x:c>
+      <x:c r="T119" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U119" s="4" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>558664</x:v>
+        <x:v>531595</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H121" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>567005</x:v>
+        <x:v>531607</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -8980,51 +8980,51 @@
       <x:c r="M122" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>573361</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -9096,51 +9096,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>573357</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -9206,108 +9206,111 @@
       <x:c r="K126" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>573379</x:v>
+        <x:v>573378</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
+      <x:c r="E127" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>573381</x:v>
+        <x:v>573768</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
@@ -9319,60 +9322,60 @@
       <x:c r="J128" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>573378</x:v>
+        <x:v>573382</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -9382,176 +9385,173 @@
       <x:c r="K129" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>573768</x:v>
+        <x:v>573767</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>573382</x:v>
+        <x:v>573379</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
-      <x:c r="E131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>573767</x:v>
+        <x:v>573381</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37151</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9927,211 +9927,211 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>606686</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>592293</x:v>
+        <x:v>592294</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="R141" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="R141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>596811</x:v>
+        <x:v>592293</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>592294</x:v>
+        <x:v>596811</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -10200,51 +10200,51 @@
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>551972</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -10392,51 +10392,51 @@
       <x:c r="U147" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -10446,51 +10446,51 @@
       <x:c r="T148" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -10503,51 +10503,51 @@
       <x:c r="U149" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
@@ -10557,273 +10557,273 @@
       <x:c r="T150" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>578405</x:v>
+        <x:v>578411</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>578406</x:v>
+        <x:v>578414</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>578411</x:v>
+        <x:v>578405</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>578414</x:v>
+        <x:v>578406</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
@@ -10890,300 +10890,300 @@
       <x:c r="T156" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>578404</x:v>
+        <x:v>578408</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>578408</x:v>
+        <x:v>578413</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>578413</x:v>
+        <x:v>578416</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>578416</x:v>
+        <x:v>578404</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>578410</x:v>
+        <x:v>578417</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
@@ -11193,108 +11193,108 @@
       <x:c r="J162" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>578417</x:v>
+        <x:v>578420</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>578420</x:v>
+        <x:v>578410</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
@@ -11440,128 +11440,128 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>571391</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>525326</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -11604,634 +11604,635 @@
       <x:c r="K169" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>599767</x:v>
+        <x:v>498845</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>525207</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>528935</x:v>
+        <x:v>599767</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G172" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>578947</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
+      <x:c r="E173" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>525217</x:v>
+        <x:v>528935</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>571390</x:v>
+        <x:v>525217</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>612483</x:v>
+        <x:v>571390</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>498845</x:v>
+        <x:v>612483</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>504170</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>606257</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>564804</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
@@ -12474,51 +12475,51 @@
       <x:c r="J184" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>546763</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -12528,51 +12529,51 @@
       <x:c r="J185" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>599050</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -12587,105 +12588,105 @@
       <x:c r="J186" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>605101</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>603764</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -12700,51 +12701,51 @@
       <x:c r="J188" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>509530</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -12754,57 +12755,57 @@
       <x:c r="J189" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>540593</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
@@ -13048,114 +13049,114 @@
       <x:c r="K194" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>601560</x:v>
+        <x:v>548698</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>548698</x:v>
+        <x:v>601560</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
@@ -13218,86 +13219,86 @@
       <x:c r="J197" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>505429</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
@@ -13310,51 +13311,51 @@
       <x:c r="U198" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
@@ -13373,51 +13374,51 @@
         <x:v>60</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G200" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
@@ -13455,51 +13456,51 @@
       <x:c r="M201" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44039</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>584646</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
@@ -13508,69 +13509,69 @@
       <x:c r="M202" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44039</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>615372</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I203" s="4" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
@@ -13759,664 +13760,664 @@
       <x:c r="U206" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>571034</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E208" s="14" t="s"/>
+      <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>576123</x:v>
+        <x:v>519932</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>571063</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>519932</x:v>
+        <x:v>519940</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>486615</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>4505</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s"/>
-      <x:c r="F212" s="14" t="s"/>
+      <x:c r="E212" s="14" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F212" s="14" t="s">
+        <x:v>291</x:v>
+      </x:c>
       <x:c r="G212" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>519940</x:v>
+        <x:v>576123</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>486164</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>530371</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>501136</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>549585</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>608766</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
@@ -14437,327 +14438,327 @@
       <x:c r="K218" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>615802</x:v>
+        <x:v>573456</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>573456</x:v>
+        <x:v>615802</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>574315</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>574060</x:v>
+        <x:v>574061</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>574061</x:v>
+        <x:v>574060</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>607310</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
@@ -15078,294 +15079,293 @@
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>583984</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>549767</x:v>
+        <x:v>601387</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
-      <x:c r="E231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>601387</x:v>
+        <x:v>586479</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s"/>
+      <x:c r="E232" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>586479</x:v>
+        <x:v>499703</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>499703</x:v>
+        <x:v>549767</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
@@ -15374,51 +15374,51 @@
       <x:c r="M234" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>609519</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>90</x:v>
@@ -15476,51 +15476,51 @@
       <x:c r="M236" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>609522</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
@@ -15610,190 +15610,190 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>583600</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>583601</x:v>
+        <x:v>583633</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="G240" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>583633</x:v>
+        <x:v>583601</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36867</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
@@ -15839,204 +15839,204 @@
       <x:c r="M242" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>515230</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>590118</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q244" s="16" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>597452</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I245" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="I245" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q245" s="4" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>592792</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
@@ -16435,241 +16435,241 @@
       <x:c r="U252" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>580893</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>39040</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>574965</x:v>
+        <x:v>581551</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>39696</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>14256</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>581551</x:v>
+        <x:v>574965</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>574939</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
@@ -16682,51 +16682,51 @@
       <x:c r="G257" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>581564</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
@@ -16741,51 +16741,51 @@
       <x:c r="G258" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>576233</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
@@ -16798,51 +16798,51 @@
       <x:c r="G259" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>576234</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
@@ -16857,51 +16857,51 @@
       <x:c r="G260" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>576232</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
@@ -16914,51 +16914,51 @@
       <x:c r="G261" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>576235</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
@@ -17026,122 +17026,122 @@
       <x:c r="G263" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>576237</x:v>
+        <x:v>576236</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>576236</x:v>
+        <x:v>576237</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>35911</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
@@ -17151,54 +17151,54 @@
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>581342</x:v>
+        <x:v>581343</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>35911</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
@@ -17210,218 +17210,217 @@
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>581343</x:v>
+        <x:v>581342</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="C267" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="J267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>13254</x:v>
+        <x:v>43406</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>581231</x:v>
+        <x:v>589589</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>537</x:v>
-[...1 lines deleted...]
-      <x:c r="C268" s="15" t="s"/>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="C268" s="15" t="n">
+        <x:v>38194</x:v>
+      </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="J268" s="14" t="s"/>
+      <x:c r="J268" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>42082</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>584126</x:v>
+        <x:v>581231</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>43406</x:v>
+        <x:v>42082</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>589589</x:v>
+        <x:v>584126</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>505</x:v>
       </x:c>