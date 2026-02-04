--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -287,71 +287,71 @@
   <x:si>
     <x:t>licence mention sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention sociologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Sondage</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>06300</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant en bilan de compétences</x:t>
   </x:si>
   <x:si>
     <x:t>Samantha Boettcher - Asb Compétences</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Technique orientation professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
@@ -389,101 +389,101 @@
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/27/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conseiller en insertion professionnelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/09/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
@@ -806,185 +806,185 @@
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CCP 2 : ""Accompagner les personnes dans leur parcours d'insertion sociale et professionnelle"" - Titre professionnel Conseiller en Insertion Professionnelle (TP CIP)</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>GARDANNE</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CCP 1 : ""Accueillir pour analyser la demande des personnes et poser les bases d'un diagnostic partagé"" - Titre professionnel Conseiller en Insertion Professionnelle (TP CIP)</x:t>
   </x:si>
   <x:si>
-    <x:t>VITROLLES</x:t>
+    <x:t>Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCP 3 : ""Mettre en oeuvre une offre de services auprès des employeurs pour favoriser l'insertion professionnelle"" - Titre professionnel Conseiller en Insertion Professionnelle (TP CIP)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence Gestion des Ressources Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>PERTUIS</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formations Compétences et Perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>FCP</x:t>
   </x:si>
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
     <x:t>LE CASTELLET</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPRO</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/19/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Année de césure / Accompagnement à l’orientation scolaire post bac / Construction du projet professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Evocae</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
@@ -1043,71 +1043,71 @@
   <x:si>
     <x:t>10/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir auditeur Qualiopi</x:t>
   </x:si>
   <x:si>
     <x:t>Digi-Certif - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Audit formation</x:t>
   </x:si>
   <x:si>
+    <x:t>Devenir accompagnateur AFEST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daureen Mahillet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagnement formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIOLENC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Devenir référent AFEST : concevoir, piloter et accompagner une formation professionnelle en situation de travail</x:t>
   </x:si>
   <x:si>
-    <x:t>Daureen Mahillet</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences Pro - Ifag</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>COM-C FRANCE SAS</x:t>
   </x:si>
   <x:si>
     <x:t>Com-C France</x:t>
@@ -1181,110 +1181,110 @@
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La pratique du bilan de compétences</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention études culturelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique culturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formateur d'adultes (DUFA)</x:t>
   </x:si>
   <x:si>
-    <x:t>Avignon Université</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Conception action formation</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la GRH : formation, compétences et emploi</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention études culturelles</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
   </x:si>
   <x:si>
     <x:t>ACOPAD</x:t>
@@ -1457,117 +1457,117 @@
   <x:si>
     <x:t>Agnès Amiez</x:t>
   </x:si>
   <x:si>
     <x:t>83910</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller en insertion professionnelle (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en insertion professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
+    <x:t>05/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation à distance : Conseiller en insertion professionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ISTRES CEDEX</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2027 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>12/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
@@ -2789,212 +2789,214 @@
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>592214</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>39694</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
+      <x:c r="E13" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q13" s="4" t="s">
+      <x:c r="R13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>592216</x:v>
+        <x:v>603406</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>603406</x:v>
+        <x:v>592216</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q15" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>603408</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3005,57 +3007,57 @@
       <x:c r="H16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q16" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>554872</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3065,57 +3067,57 @@
       <x:c r="H17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>510681</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3126,57 +3128,57 @@
       <x:c r="H18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q18" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>554813</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3186,57 +3188,57 @@
       <x:c r="H19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>554871</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3247,111 +3249,111 @@
       <x:c r="H20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>603407</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>596728</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -3360,51 +3362,51 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>615000</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>90</x:v>
@@ -3673,180 +3675,180 @@
         <x:v>96</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>598520</x:v>
+        <x:v>587708</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="U28" s="16" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>587708</x:v>
+        <x:v>611427</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>611427</x:v>
+        <x:v>598520</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4120,180 +4122,180 @@
         <x:v>96</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>598521</x:v>
+        <x:v>611418</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>611418</x:v>
+        <x:v>611421</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="U37" s="4" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>611421</x:v>
+        <x:v>598521</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -4533,51 +4535,51 @@
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>598547</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5445,51 +5447,51 @@
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>573287</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
@@ -5968,51 +5970,51 @@
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>573296</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -6721,159 +6723,160 @@
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>553398</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>36500</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>553362</x:v>
+        <x:v>597780</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>37274</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>33091</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>597780</x:v>
+        <x:v>553362</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7133,603 +7136,604 @@
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>612368</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>598897</x:v>
+        <x:v>565712</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>565712</x:v>
+        <x:v>578961</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>603422</x:v>
+        <x:v>598897</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>598896</x:v>
+        <x:v>603422</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>578961</x:v>
+        <x:v>615140</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>615140</x:v>
+        <x:v>603426</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>603426</x:v>
+        <x:v>560261</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>560261</x:v>
+        <x:v>603425</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>572800</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>603425</x:v>
+        <x:v>598896</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -7802,105 +7806,105 @@
       <x:c r="L100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>572801</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>585533</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -7913,299 +7917,299 @@
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>563696</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>29805</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>559907</x:v>
+        <x:v>563695</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>560262</x:v>
+        <x:v>585532</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>37274</x:v>
+        <x:v>29805</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
-      <x:c r="E105" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>237</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>33091</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>563695</x:v>
+        <x:v>559907</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>585532</x:v>
+        <x:v>560262</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>33054</x:v>
@@ -8215,51 +8219,51 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>598119</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -8331,51 +8335,51 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>577327</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -8608,51 +8612,51 @@
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>540563</x:v>
+        <x:v>616645</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
@@ -8665,51 +8669,51 @@
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>616645</x:v>
+        <x:v>540563</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
@@ -8873,156 +8877,156 @@
       <x:c r="K119" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>613772</x:v>
+        <x:v>613773</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>613773</x:v>
+        <x:v>613772</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>616935</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -9089,165 +9093,165 @@
       <x:c r="L123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>583266</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>569943</x:v>
+        <x:v>583267</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>583267</x:v>
+        <x:v>569943</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
@@ -9538,51 +9542,51 @@
       <x:c r="L131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>600047</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
@@ -9618,135 +9622,135 @@
       <x:c r="S132" s="14" t="n">
         <x:v>600048</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>599356</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>588004</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>90</x:v>
@@ -9807,100 +9811,100 @@
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44590</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>584560</x:v>
+        <x:v>584559</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44590</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>584559</x:v>
+        <x:v>584560</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>331</x:v>
@@ -10237,100 +10241,100 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>612446</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>612445</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -10339,109 +10343,109 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>612444</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>612443</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
@@ -10455,505 +10459,506 @@
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>573755</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>36202</x:v>
+        <x:v>41502</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>44517</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>598441</x:v>
+        <x:v>615909</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>40303</x:v>
+        <x:v>36202</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>574317</x:v>
+        <x:v>598441</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>41502</x:v>
+        <x:v>40303</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="S151" s="0" t="n">
+        <x:v>574317</x:v>
+      </x:c>
+      <x:c r="T151" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="U151" s="4" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>601376</x:v>
+        <x:v>601375</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
+      <x:c r="E153" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>581992</x:v>
+        <x:v>601376</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>549793</x:v>
+        <x:v>567433</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>567433</x:v>
+        <x:v>581992</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>601375</x:v>
+        <x:v>549793</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
@@ -11270,51 +11275,51 @@
       <x:c r="M162" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>546419</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11327,51 +11332,51 @@
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>549538</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G164" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
@@ -11390,51 +11395,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>571456</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
@@ -11507,51 +11512,51 @@
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>571453</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -11696,51 +11701,51 @@
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>612370</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -11822,60 +11827,60 @@
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>580152</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37504</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -11885,51 +11890,51 @@
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>15031</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>578322</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12163,51 +12168,51 @@
       <x:c r="J177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>600588</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -12428,231 +12433,231 @@
       <x:c r="U181" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>591970</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>592217</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>41502</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>615908</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
@@ -13072,51 +13077,51 @@
       <x:c r="U192" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -13146,93 +13151,93 @@
       <x:c r="G194" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>575734</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -13247,51 +13252,51 @@
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -13558,54 +13563,54 @@
       <x:c r="I201" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>577608</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -13619,114 +13624,114 @@
       <x:c r="I202" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>566847</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>610267</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
@@ -13801,57 +13806,57 @@
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>610041</x:v>
+        <x:v>566781</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="U205" s="4" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
@@ -13874,100 +13879,100 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>586050</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>552778</x:v>
+        <x:v>567667</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
@@ -13976,114 +13981,114 @@
       <x:c r="K208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>566781</x:v>
+        <x:v>552777</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>546592</x:v>
+        <x:v>610041</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
@@ -14092,230 +14097,230 @@
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>610042</x:v>
+        <x:v>552778</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>567667</x:v>
+        <x:v>546592</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>552777</x:v>
+        <x:v>568560</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>568560</x:v>
+        <x:v>610042</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="U213" s="4" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
@@ -14454,97 +14459,97 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>559810</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>577369</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
@@ -14616,51 +14621,51 @@
       <x:c r="L219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>540423</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
@@ -14672,227 +14677,227 @@
       <x:c r="K220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>559809</x:v>
+        <x:v>574353</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>574353</x:v>
+        <x:v>559809</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>575503</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>575504</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
@@ -14907,51 +14912,51 @@
       <x:c r="L224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>576026</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
@@ -14975,99 +14980,99 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>566782</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>573841</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
@@ -15139,54 +15144,54 @@
       <x:c r="L228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>546558</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15196,170 +15201,170 @@
       <x:c r="L229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>568529</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>575422</x:v>
+        <x:v>576007</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>573839</x:v>
+        <x:v>575422</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
@@ -15431,167 +15436,167 @@
       <x:c r="M233" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>566755</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>576007</x:v>
+        <x:v>573839</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>567468</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
@@ -15603,51 +15608,51 @@
       <x:c r="L236" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>539836</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
@@ -15671,99 +15676,99 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>539838</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>576756</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
@@ -15782,51 +15787,51 @@
       <x:c r="L239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>583887</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
@@ -15841,54 +15846,54 @@
       <x:c r="L240" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>609876</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15960,51 +15965,51 @@
       <x:c r="M242" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>552749</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16070,114 +16075,114 @@
       <x:c r="K244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>574345</x:v>
+        <x:v>559653</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>559654</x:v>
+        <x:v>590614</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
@@ -16189,465 +16194,463 @@
       <x:c r="L246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>609875</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>552750</x:v>
+        <x:v>574345</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>575421</x:v>
+        <x:v>559654</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>520489</x:v>
+        <x:v>575421</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>585752</x:v>
+        <x:v>520489</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
-      <x:c r="E251" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>583888</x:v>
+        <x:v>585752</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
-      <x:c r="E252" s="14" t="s"/>
-      <x:c r="F252" s="14" t="s"/>
+      <x:c r="E252" s="14" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="F252" s="14" t="s">
+        <x:v>503</x:v>
+      </x:c>
       <x:c r="G252" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>559653</x:v>
+        <x:v>583888</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>590614</x:v>
+        <x:v>552750</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>