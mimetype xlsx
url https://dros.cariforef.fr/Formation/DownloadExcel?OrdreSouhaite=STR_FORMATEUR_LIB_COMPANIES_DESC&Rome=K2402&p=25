--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -569,62 +569,62 @@
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique-chimie (PC*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique-chimie (PC), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques, physique, informatique (MPI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire aux études supérieures  - scientifique</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie mise à niveau</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP), 2e année option informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques, physique, ingénierie et informatique (MP2I), 1re année</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique-chimie et sciences de l'ingénieur (PCSI) 1re année</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>84025</x:t>
@@ -2123,150 +2123,150 @@
   <x:si>
     <x:t>Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Euro-mediterranean Master in Neuroscience (EMN-Online)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Integrated and cognitive neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours physique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention immunologie parcours immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention microbiologie parcours microbiologie fondamentale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention immunologie parcours immunologie</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention bio-géosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat Universitaitre Acteur de la transition environnementale</x:t>
   </x:si>
   <x:si>
     <x:t>Écologie</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours  qualité et sécurité en agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention microbiologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention microbiologie parcours ingénierie et biotechnologies microbiennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours  Cellular and systems neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention nanosciences et nanotechnologies parcours nano-ingénierie et dispositifs quantiques</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours approche intégrative des fonctions du vivant : du gène à la pathologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours Computational and mathematical biology</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention nanosciences et nanotechnologies parcours nano-ingénierie et dispositifs quantiques</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention biologie structurale, génomique parcours biochimie structurale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours génomique et analyse des données</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours ingénierie des matériaux et nanotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours biologie végétale et biotechnologies environnementales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours épidémiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention santé parcours formateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours encadrement des organisations de santé et management de la qualité et de la sécurité des soins</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention biologie-santé parcours biomarqueurs et intelligence artificielle</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Master mention santé publique parcours encadrement des organisations de santé et management de la qualité et de la sécurité des soins</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours maladies métaboliques, vasculaires et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention humanités médicales parcours addictologie de la cellule au comportement humain</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé parcours cadre de proximité dans le secteur sanitaire, médico-social et social</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours oncologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours technologies de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention humanités médicales parcours Homme et vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé parcours recherche</x:t>
   </x:si>
@@ -4221,259 +4221,259 @@
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>592071</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>40617</x:v>
+        <x:v>38563</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>14229</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592571</x:v>
+        <x:v>595495</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591861</x:v>
+        <x:v>592571</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>591964</x:v>
+        <x:v>591861</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38563</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>595495</x:v>
+        <x:v>591964</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
@@ -6502,217 +6502,217 @@
       <x:c r="B68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>595851</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11050</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>592897</x:v>
+        <x:v>596026</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>594656</x:v>
+        <x:v>595851</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>11050</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>596026</x:v>
+        <x:v>592897</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>150</x:v>
@@ -7396,51 +7396,51 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>593794</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -8061,241 +8061,241 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>592895</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>593845</x:v>
+        <x:v>592971</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>594206</x:v>
+        <x:v>592904</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>592971</x:v>
+        <x:v>593845</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>592904</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>50</x:v>
@@ -11170,51 +11170,51 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>592892</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -11223,139 +11223,139 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>592907</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>595107</x:v>
+        <x:v>592960</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>592960</x:v>
+        <x:v>595107</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>50</x:v>
@@ -11986,51 +11986,51 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>593912</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -12039,86 +12039,86 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592901</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>595856</x:v>
+        <x:v>592955</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>366</x:v>
@@ -12141,100 +12141,100 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>593818</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>592955</x:v>
+        <x:v>595856</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
@@ -13263,139 +13263,139 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>593913</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>592952</x:v>
+        <x:v>594208</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>594208</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>50</x:v>
@@ -13414,51 +13414,51 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -13977,51 +13977,51 @@
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>593766</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
@@ -14283,51 +14283,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
@@ -14691,51 +14691,51 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>593857</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>11050</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
@@ -14895,100 +14895,100 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>596455</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>592896</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
@@ -15099,139 +15099,139 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>592966</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>592889</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>592889</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>50</x:v>
@@ -15964,51 +15964,51 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>593768</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -16270,51 +16270,51 @@
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>593831</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -16425,139 +16425,139 @@
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>592965</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>594657</x:v>
+        <x:v>592954</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>592954</x:v>
+        <x:v>594657</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>50</x:v>
@@ -17037,51 +17037,51 @@
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>593909</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
@@ -20217,139 +20217,139 @@
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>592956</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>592906</x:v>
+        <x:v>591914</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>12067</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>591914</x:v>
+        <x:v>592906</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>50</x:v>
@@ -22834,382 +22834,382 @@
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>581325</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>581569</x:v>
+        <x:v>574951</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>581571</x:v>
+        <x:v>574981</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>39508</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>574951</x:v>
+        <x:v>574988</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>38969</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>21543</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>574981</x:v>
+        <x:v>575010</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>38994</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>574988</x:v>
+        <x:v>581569</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>38984</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>575010</x:v>
+        <x:v>581571</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
@@ -23872,266 +23872,266 @@
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>581554</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>38965</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>576140</x:v>
+        <x:v>574984</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>38965</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>576144</x:v>
+        <x:v>574991</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>574984</x:v>
+        <x:v>576140</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>574991</x:v>
+        <x:v>576144</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>280</x:v>
@@ -24389,209 +24389,209 @@
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>576234</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>38970</x:v>
+        <x:v>39890</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>12036</x:v>
+        <x:v>14284</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>575961</x:v>
+        <x:v>576229</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>39890</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>14284</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>576229</x:v>
+        <x:v>576233</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>576233</x:v>
+        <x:v>575961</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38970</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>662</x:v>
       </x:c>