--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -506,164 +506,164 @@
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>Financement international</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Expert financier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor européen Finance et Contrôle de Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion financière comptabilité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mastère européen management et stratégies financières</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Analyse financière</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>expert en stratégie financière</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion risque financier</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Infpf</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en finance de marché BC2 Gérer les portefeuilles financiers (d’actifs/ boursiers)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en finance de marché BC2 Gérer les portefeuilles financiers (d’actifs/ boursiers)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Manager en ingénierie de la finance immobilière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Ecole Supérieure des Professions Immobilières</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE ESPI</x:t>
   </x:si>
   <x:si>
     <x:t>75015</x:t>
   </x:si>
   <x:si>
     <x:t>Droit immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Ecole Supérieure des Professions Immobilières - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>diplôme supérieur en finance des marchés et des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>EDHEC BS</x:t>
   </x:si>
   <x:si>
     <x:t>06202</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Edhec programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise internationale</x:t>
   </x:si>
   <x:si>
     <x:t>Manager financier et contrôleur de gestion (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
@@ -770,93 +770,93 @@
   <x:si>
     <x:t>Statistique appliquée</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Advanced Engineering and Corporate Finance</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention finance parcours finance d'entreprise et ingénierie financière</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention finance parcours gestion de patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours modélisation financière</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention contrôle de gestion et audit organisationnel parcours contrôle, audit, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économétrie, statistiques parcours recherche en économie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économétrie, statistiques parcours économétrie et data sciences</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention finance parcours finance d'entreprise et ingénierie financière</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention finance parcours risques financiers et finance durable</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention mathématiques appliquées, statistique parcours ingénierie mathématiques et sciences actuarielles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques et applications parcours didactique des mathématiques</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours mathématiques appliquées et sciences sociales (MASS) - Analyse des populations</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Master mention mathématiques et applications parcours didactique des mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours analyse de modèles déterministes et aléatoires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours Data Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours mathématiques fondamentales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours  informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours gestion du patrimoine (Apprentissage)</x:t>
   </x:si>
@@ -6005,118 +6005,118 @@
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>32626</x:v>
+        <x:v>32654</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>523284</x:v>
+        <x:v>523311</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>32654</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>523311</x:v>
+        <x:v>523284</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40177</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
@@ -6183,387 +6183,387 @@
       <x:c r="K87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>573232</x:v>
+        <x:v>573235</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U87" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>573236</x:v>
+        <x:v>585442</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>573238</x:v>
+        <x:v>573233</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>585441</x:v>
+        <x:v>573234</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>573235</x:v>
+        <x:v>573237</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>585442</x:v>
+        <x:v>573230</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>573233</x:v>
+        <x:v>573232</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -6573,168 +6573,168 @@
       <x:c r="K94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>573234</x:v>
+        <x:v>573236</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>573237</x:v>
+        <x:v>573238</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>573230</x:v>
+        <x:v>585441</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38273</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -6744,51 +6744,51 @@
       <x:c r="K97" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>546395</x:v>
+        <x:v>513607</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38273</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>174</x:v>
@@ -6805,51 +6805,51 @@
       <x:c r="K98" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>513607</x:v>
+        <x:v>546395</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41035</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -6964,51 +6964,51 @@
       <x:c r="G101" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>554356</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
@@ -7025,51 +7025,51 @@
       <x:c r="G102" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>554358</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
@@ -7085,51 +7085,51 @@
       <x:c r="G103" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>602436</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
@@ -7140,51 +7140,51 @@
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32654</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>574019</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
@@ -7333,57 +7333,57 @@
       <x:c r="K107" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>555019</x:v>
+        <x:v>555018</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>156</x:v>
@@ -7394,51 +7394,51 @@
       <x:c r="K108" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>555018</x:v>
+        <x:v>541382</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -7454,219 +7454,219 @@
       <x:c r="K109" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>541382</x:v>
+        <x:v>555019</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>35913</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>596498</x:v>
+        <x:v>592126</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>39493</x:v>
+        <x:v>35913</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>11036</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>592112</x:v>
+        <x:v>596498</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>592126</x:v>
+        <x:v>592112</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>77</x:v>
@@ -7990,66 +7990,66 @@
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>612759</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
@@ -8061,402 +8061,402 @@
       <x:c r="K120" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>575750</x:v>
+        <x:v>575749</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>575751</x:v>
+        <x:v>575750</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>35918</x:v>
+        <x:v>35913</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>32098</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>575677</x:v>
+        <x:v>575751</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>39013</x:v>
+        <x:v>35918</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>11017</x:v>
+        <x:v>32098</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>575679</x:v>
+        <x:v>575677</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>35918</x:v>
+        <x:v>39013</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>32098</x:v>
+        <x:v>11017</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>575676</x:v>
+        <x:v>575679</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>39013</x:v>
+        <x:v>35918</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>11017</x:v>
+        <x:v>32098</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>575678</x:v>
+        <x:v>575676</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>35913</x:v>
+        <x:v>39013</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>11017</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>575749</x:v>
+        <x:v>575678</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -8469,51 +8469,51 @@
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>575859</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
@@ -8528,51 +8528,51 @@
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>581565</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -8582,170 +8582,170 @@
       <x:c r="K129" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>574968</x:v>
+        <x:v>574967</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>39493</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>574967</x:v>
+        <x:v>574973</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>39416</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>11040</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>574973</x:v>
+        <x:v>574968</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
@@ -8760,51 +8760,51 @@
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>574970</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -8817,51 +8817,51 @@
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>574972</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
@@ -8876,51 +8876,51 @@
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>581566</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -8933,51 +8933,51 @@
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>574966</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
@@ -8992,51 +8992,51 @@
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>574974</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -9049,51 +9049,51 @@
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>574969</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
@@ -9108,51 +9108,51 @@
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>588103</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -9165,51 +9165,51 @@
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>568283</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>260</x:v>
@@ -9226,51 +9226,51 @@
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>498933</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -9339,57 +9339,57 @@
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>575857</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">