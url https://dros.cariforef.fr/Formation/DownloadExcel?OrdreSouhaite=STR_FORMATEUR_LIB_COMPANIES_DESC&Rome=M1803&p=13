--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -596,98 +596,98 @@
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Product owner</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Déploiement continu avec Docker &amp; Kubernetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service cloud computing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital project manager - chef de projet numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de programmes et projets SI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Système information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de programmes et projets SI (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Introduction HTML, CSS et JavaScript - bootcamp</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Déploiement continu avec Docker &amp; Kubernetes</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure des mines de Saint-Étienne de l'institut Mines-Télécom spécialité microélectronique et informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Étienne - campus de Saint-Étienne</x:t>
   </x:si>
   <x:si>
     <x:t>42023</x:t>
   </x:si>
   <x:si>
     <x:t>Microélectronique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Etienne - ISMIN - Campus Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13541</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Blockchain - Module expert</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
@@ -1085,56 +1085,56 @@
   <x:si>
     <x:t>Mastère Européen informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet système d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Ingénierie Informatique et Management</x:t>
   </x:si>
   <x:si>
     <x:t>4IM</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques</x:t>
@@ -1160,65 +1160,65 @@
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur Système Linux</x:t>
   </x:si>
   <x:si>
     <x:t>Linux</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intégration continue</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dessinateur projeteur nucléaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Exxea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mastère Européen Informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Exxea</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>05/15/2023 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé d'Eurecom</x:t>
   </x:si>
   <x:si>
     <x:t>EURECOM</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur spécialisé en sécurité pour les systèmes informatiques et les communications, diplômé d'Eurecom</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Esimed</x:t>
   </x:si>
   <x:si>
     <x:t>Développeur PHP Fullstack</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
@@ -1397,77 +1397,77 @@
   <x:si>
     <x:t>10/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet Web : Conduite de projet Web + Ergonomie de Sites Web</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Azure : Initiation et Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agile Scrum Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques spécialité applications intelligentes et big data (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administrateur Support</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Kubernetes : initiation + approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel open source</x:t>
   </x:si>
   <x:si>
     <x:t>SCRUM : PSM II (Professional Scrum Master)</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire Intégré CESI - spécialité généraliste, BTP, informatique, systèmes embarqués</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite travaux BTP</x:t>
@@ -1514,62 +1514,62 @@
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en architecture et applications logicielles des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>formation CentraleDigitalLab</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
@@ -1604,78 +1604,78 @@
   <x:si>
     <x:t>master mention management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement logiciel, mobile et loT (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
-[...2 lines deleted...]
-    <x:t>10/14/2023 00:00:00</x:t>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur de systèmes d'information (cyber) - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cyber sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation Game Designer et Game Programmer (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management des systèmes d'information parcours management des systèmes d'information, conseil et transformation digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
@@ -5359,548 +5359,552 @@
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>578567</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="J59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>72310</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>615687</x:v>
+        <x:v>578612</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>578582</x:v>
+        <x:v>584952</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>180</x:v>
-[...1 lines deleted...]
-      <x:c r="C61" s="3" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="n">
+        <x:v>39775</x:v>
+      </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
+      <x:c r="J61" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>72310</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>578612</x:v>
+        <x:v>610848</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>184</x:v>
-[...1 lines deleted...]
-      <x:c r="C62" s="15" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="n">
+        <x:v>38599</x:v>
+      </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="J62" s="14" t="s"/>
+      <x:c r="J62" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>46339</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>584952</x:v>
+        <x:v>578575</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>39775</x:v>
+        <x:v>38599</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>610848</x:v>
+        <x:v>578576</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38599</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>578575</x:v>
+        <x:v>578622</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>38599</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>578576</x:v>
+        <x:v>578625</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>578622</x:v>
+        <x:v>615689</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>578625</x:v>
+        <x:v>578624</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
@@ -5915,289 +5919,285 @@
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>615689</x:v>
+        <x:v>578627</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>578624</x:v>
+        <x:v>578623</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>39775</x:v>
+        <x:v>38599</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>578627</x:v>
+        <x:v>615679</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>578623</x:v>
+        <x:v>615687</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="J72" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>615679</x:v>
+        <x:v>578582</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40205</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -7264,213 +7264,213 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>550738</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>535023</x:v>
+        <x:v>550737</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>535027</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>550737</x:v>
+        <x:v>535027</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
@@ -9856,51 +9856,51 @@
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>523237</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
@@ -9917,293 +9917,293 @@
       <x:c r="G142" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>546300</x:v>
+        <x:v>600355</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>600355</x:v>
+        <x:v>546300</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="U143" s="4" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>546298</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
@@ -10219,51 +10219,51 @@
       <x:c r="G147" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
@@ -11000,269 +11000,269 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>535083</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>535024</x:v>
+        <x:v>534939</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>551044</x:v>
+        <x:v>535022</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>34568</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>534939</x:v>
+        <x:v>551044</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>535022</x:v>
+        <x:v>535024</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -12010,473 +12010,474 @@
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>588346</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C179" s="3" t="n">
+        <x:v>38905</x:v>
+      </x:c>
+      <x:c r="D179" s="3" t="s"/>
+      <x:c r="E179" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G179" s="0" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
+      <x:c r="J179" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>531243</x:v>
+        <x:v>602647</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>602647</x:v>
+        <x:v>602648</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>38905</x:v>
+        <x:v>35273</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
-      <x:c r="E181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>602648</x:v>
+        <x:v>474286</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>35273</x:v>
+        <x:v>38905</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>474286</x:v>
+        <x:v>531238</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
+      <x:c r="E183" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>531238</x:v>
+        <x:v>546795</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>546795</x:v>
+        <x:v>558884</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>348</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="J185" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>558884</x:v>
+        <x:v>531243</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>516303</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
@@ -12813,51 +12814,51 @@
         <x:v>35284</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>595213</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
@@ -13092,51 +13093,51 @@
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>595214</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
@@ -13388,51 +13389,51 @@
       <x:c r="G203" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>568847</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
@@ -13506,51 +13507,51 @@
       <x:c r="G205" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>616872</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
@@ -14316,1938 +14317,1938 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>497528</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>586940</x:v>
+        <x:v>587050</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="U220" s="16" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>586945</x:v>
+        <x:v>586940</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>587054</x:v>
+        <x:v>586945</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>586925</x:v>
+        <x:v>587054</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>586934</x:v>
+        <x:v>586925</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>586941</x:v>
+        <x:v>586934</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>586946</x:v>
+        <x:v>586941</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>586922</x:v>
+        <x:v>586946</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>586931</x:v>
+        <x:v>586922</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>587051</x:v>
+        <x:v>586931</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="U229" s="4" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>587055</x:v>
+        <x:v>587051</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>581522</x:v>
+        <x:v>587055</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>587046</x:v>
+        <x:v>581522</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>586949</x:v>
+        <x:v>587046</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>586954</x:v>
+        <x:v>586949</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>587048</x:v>
+        <x:v>586954</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>587053</x:v>
+        <x:v>587048</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>581518</x:v>
+        <x:v>587053</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>581523</x:v>
+        <x:v>581518</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>586936</x:v>
+        <x:v>581523</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>586942</x:v>
+        <x:v>586936</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>586947</x:v>
+        <x:v>586942</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>586950</x:v>
+        <x:v>586947</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>587058</x:v>
+        <x:v>586950</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>581520</x:v>
+        <x:v>587058</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>586923</x:v>
+        <x:v>586937</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>586926</x:v>
+        <x:v>586948</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>586932</x:v>
+        <x:v>586953</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>587050</x:v>
+        <x:v>586923</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>586937</x:v>
+        <x:v>586926</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>586948</x:v>
+        <x:v>586932</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>586953</x:v>
+        <x:v>581520</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>586933</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>586939</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>436</x:v>
-[...1 lines deleted...]
-      <x:c r="C254" s="15" t="s"/>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C254" s="15" t="n">
+        <x:v>38905</x:v>
+      </x:c>
       <x:c r="D254" s="15" t="s"/>
-      <x:c r="E254" s="14" t="s"/>
+      <x:c r="E254" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="J254" s="14" t="s"/>
+      <x:c r="J254" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K254" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>31094</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>505900</x:v>
+        <x:v>497530</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>31094</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>505588</x:v>
+        <x:v>505900</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>441</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
-      <x:c r="E256" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="J256" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>497530</x:v>
+        <x:v>505588</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -16409,100 +16410,100 @@
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>586560</x:v>
+        <x:v>586559</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>586559</x:v>
+        <x:v>586560</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>377</x:v>
@@ -17072,51 +17073,51 @@
       <x:c r="K272" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>542189</x:v>
+        <x:v>600221</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
@@ -17129,51 +17130,51 @@
       <x:c r="K273" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>600221</x:v>
+        <x:v>542189</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>469</x:v>
@@ -17191,54 +17192,54 @@
       <x:c r="L274" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>542186</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -17248,54 +17249,54 @@
       <x:c r="L275" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>600220</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -17925,619 +17926,618 @@
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>604973</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
-      <x:c r="E288" s="14" t="s"/>
+      <x:c r="E288" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>606189</x:v>
+        <x:v>506857</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
-      <x:c r="E289" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>506863</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>506857</x:v>
+        <x:v>506863</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
+      <x:c r="E291" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>581537</x:v>
+        <x:v>506858</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
-      <x:c r="E292" s="14" t="s"/>
+      <x:c r="E292" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>556098</x:v>
+        <x:v>506862</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>549752</x:v>
+        <x:v>506860</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
-      <x:c r="E294" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>604978</x:v>
+        <x:v>581537</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
-      <x:c r="E295" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>506858</x:v>
+        <x:v>556098</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>506862</x:v>
+        <x:v>549752</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>506860</x:v>
+        <x:v>604978</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
@@ -18546,51 +18546,51 @@
       <x:c r="M298" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>574568</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>45</x:v>
       </x:c>