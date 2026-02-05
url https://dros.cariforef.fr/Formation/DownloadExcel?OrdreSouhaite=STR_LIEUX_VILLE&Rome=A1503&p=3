--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -212,131 +212,131 @@
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/24/2025 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Toiletteur canin (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Toilettage</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toiletteur canin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Départementale d'Etudes et de Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADEF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation professionnelle continue</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>CTM Toiletteur canin, félin et NAC (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>BTM Toiletteur canin et félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Toiletteur canin, félin et NAC (CTM)</x:t>
@@ -347,68 +347,68 @@
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage félin</x:t>
   </x:si>
   <x:si>
     <x:t>Hélène Mouls - Canis Wellness</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Pet Sitter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snob Dog Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Toilettage canin et félin</x:t>
   </x:si>
   <x:si>
-    <x:t>Snob Dog Academy</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Certificat en toilettage canin</x:t>
   </x:si>
   <x:si>
     <x:t>Ecodog - Myriam Hardouin</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Commerçant , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CTM toiletteur canin, félin et NAC (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Laurent du Var</x:t>
@@ -470,57 +470,57 @@
   <x:si>
     <x:t>ECT</x:t>
   </x:si>
   <x:si>
     <x:t>83119</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Toilettage canin</x:t>
   </x:si>
   <x:si>
     <x:t>Chrestian - Centre Canin Azur Toilettage</x:t>
   </x:si>
   <x:si>
     <x:t>06220</x:t>
   </x:si>
   <x:si>
     <x:t>VALLAURIS</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1270,51 +1270,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>510424</x:v>
+        <x:v>510425</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>24</x:v>
@@ -1331,51 +1331,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>554552</x:v>
+        <x:v>510426</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1391,51 +1391,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>510426</x:v>
+        <x:v>554552</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>24</x:v>
@@ -1452,51 +1452,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>510425</x:v>
+        <x:v>510424</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38902</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -1512,51 +1512,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>542041</x:v>
+        <x:v>547121</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38902</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
@@ -1631,51 +1631,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>547121</x:v>
+        <x:v>542041</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39113</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>75</x:v>
@@ -1692,51 +1692,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>553228</x:v>
+        <x:v>502196</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38046</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -1755,173 +1755,172 @@
       <x:c r="L13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>553227</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39113</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s"/>
+      <x:c r="E14" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>580005</x:v>
+        <x:v>553228</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39113</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
-      <x:c r="E15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>502196</x:v>
+        <x:v>580005</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
@@ -1958,224 +1957,224 @@
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>42003</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>572607</x:v>
+        <x:v>572602</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42003</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>572602</x:v>
+        <x:v>572607</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42003</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>572603</x:v>
+        <x:v>572606</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>42003</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>572606</x:v>
+        <x:v>572603</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>60</x:v>
@@ -2238,51 +2237,51 @@
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>553307</x:v>
+        <x:v>502203</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39113</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -2359,114 +2358,114 @@
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>502203</x:v>
+        <x:v>553307</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>587690</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
@@ -2668,208 +2667,208 @@
       <x:c r="K30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>590195</x:v>
+        <x:v>590177</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>543786</x:v>
+        <x:v>590180</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>590180</x:v>
+        <x:v>543786</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>590177</x:v>
+        <x:v>590195</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>