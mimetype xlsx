--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -428,62 +428,62 @@
   <x:si>
     <x:t>licence pro mention assurance, banque, finance : chargé de clientèle</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion relation client</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert conseil en gestion de patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseiller clientèle des particuliers et des professionnels en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert conseil en gestion de patrimoine</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
@@ -509,74 +509,74 @@
   <x:si>
     <x:t>Négociateur-conseil en patrimoine immobilier et financier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention assurance, banque, finance : chargé de clientèle (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Difcam</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
-    <x:t>Université de Toulon - IUT La Garde</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>La gestion de patrimoine et les mécanismes de la société civile immobilière (SCI) et de la holding</x:t>
   </x:si>
   <x:si>
     <x:t>Cibler La Bonne Boîte</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>LES ADRETS-DE-L'ESTEREL</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
@@ -632,80 +632,80 @@
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPASS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation de la Profession de l'Assurance - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Sully</x:t>
   </x:si>
   <x:si>
-    <x:t>13006</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque</x:t>
   </x:si>
   <x:si>
     <x:t>ESBANQUE</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>Expert conseil en gestion de patrimoine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
@@ -755,74 +755,74 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion de patrimoine (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
+    <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Expert en gestion de patrimoine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion actifs</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en gestion de patrimoine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Mandataire judiciaire</x:t>
   </x:si>
   <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>HETIS</x:t>
@@ -857,81 +857,81 @@
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention gestion de patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de l'Alternance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ESAME</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit notarial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMF</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>LMF</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -2575,276 +2575,275 @@
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>576321</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>38197</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
-      <x:c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>13261</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>589702</x:v>
+        <x:v>576316</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38197</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>13261</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>576316</x:v>
+        <x:v>574093</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>574093</x:v>
+        <x:v>592415</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592415</x:v>
+        <x:v>589702</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -3089,276 +3088,275 @@
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>523233</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>41696</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>615947</x:v>
+        <x:v>550758</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>35438</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>550758</x:v>
+        <x:v>589704</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>38949</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>589704</x:v>
+        <x:v>545040</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38949</x:v>
+        <x:v>41696</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>545040</x:v>
+        <x:v>615947</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -3658,161 +3656,162 @@
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>614695</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>41716</x:v>
+        <x:v>38949</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>614707</x:v>
+        <x:v>588402</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38949</x:v>
+        <x:v>41716</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>588402</x:v>
+        <x:v>614707</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
@@ -3959,51 +3958,51 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>549273</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38949</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>41014</x:v>
@@ -4316,149 +4315,150 @@
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>568254</x:v>
+        <x:v>609172</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>609172</x:v>
+        <x:v>568254</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>40</x:v>
@@ -4946,274 +4946,274 @@
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>602441</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>35538</x:v>
+        <x:v>36074</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="H62" s="14" t="s"/>
+      <x:c r="H62" s="14" t="s">
+        <x:v>188</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>548482</x:v>
+        <x:v>609982</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="R63" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="S63" s="0" t="n">
+        <x:v>521863</x:v>
+      </x:c>
+      <x:c r="T63" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="U63" s="4" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>36074</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
+      <x:c r="I64" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="H64" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>521863</x:v>
+        <x:v>548482</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>549088</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
@@ -5228,108 +5228,108 @@
       <x:c r="J66" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>572388</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>517683</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5343,54 +5343,54 @@
       <x:c r="I68" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>583400</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5403,63 +5403,63 @@
       <x:c r="I69" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>570268</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>109</x:v>
@@ -5870,51 +5870,51 @@
       <x:c r="I77" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>516205</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
@@ -5931,51 +5931,51 @@
       <x:c r="I78" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>549369</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
@@ -6005,1078 +6005,1078 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>592365</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>36074</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>598954</x:v>
+        <x:v>568280</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>40193</x:v>
+        <x:v>38973</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="Q81" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>568280</x:v>
+        <x:v>591992</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>198</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>36074</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>228</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>147</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>495679</x:v>
+        <x:v>498934</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>35919</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>498934</x:v>
+        <x:v>608461</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38973</x:v>
+        <x:v>36074</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>13275</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>591992</x:v>
+        <x:v>495679</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>35452</x:v>
+        <x:v>36074</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>200</x:v>
-[...2 lines deleted...]
-        <x:v>201</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>570240</x:v>
+        <x:v>598954</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>198</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35452</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s"/>
+      <x:c r="E86" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>572392</x:v>
+        <x:v>570240</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>242</x:v>
-[...1 lines deleted...]
-      <x:c r="C87" s="3" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="n">
+        <x:v>35452</x:v>
+      </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>572614</x:v>
+        <x:v>572392</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>206</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>248</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>244</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>249</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>606974</x:v>
+        <x:v>572614</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40193</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-        <x:v>152</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>609173</x:v>
+        <x:v>606974</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>35919</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>609181</x:v>
+        <x:v>609173</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>40253</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>573919</x:v>
+        <x:v>609181</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>608461</x:v>
+        <x:v>573919</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>36074</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>496196</x:v>
+        <x:v>568266</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>36074</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>589690</x:v>
+        <x:v>496196</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>36074</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>560012</x:v>
+        <x:v>589690</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>35919</x:v>
+        <x:v>36074</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>568266</x:v>
+        <x:v>560012</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35919</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="I97" s="4" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="Q97" s="4" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>595467</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38949</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
@@ -7170,501 +7170,500 @@
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>599657</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>38973</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>264</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>609142</x:v>
+        <x:v>598413</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>35077</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>534946</x:v>
+        <x:v>609142</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s"/>
+      <x:c r="E102" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>270</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>565260</x:v>
+        <x:v>607793</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>38973</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>266</x:v>
-[...2 lines deleted...]
-        <x:v>267</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>13275</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="Q103" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R103" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="Q103" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>598413</x:v>
+        <x:v>534946</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>40253</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>271</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>607793</x:v>
+        <x:v>550742</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>35077</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
-      <x:c r="E105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>550742</x:v>
+        <x:v>565260</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>534963</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>550759</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7679,108 +7678,108 @@
       <x:c r="J108" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>553381</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>534960</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7789,114 +7788,114 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>550757</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>589698</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7905,175 +7904,175 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>589700</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36382</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42154</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>534977</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>583406</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -8083,51 +8082,51 @@
       <x:c r="J115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>586196</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">