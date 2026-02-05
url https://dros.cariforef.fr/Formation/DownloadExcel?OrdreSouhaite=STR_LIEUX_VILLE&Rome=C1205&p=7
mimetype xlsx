--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -419,77 +419,77 @@
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert conseil en gestion de patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention assurance, banque, finance : chargé de clientèle</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion relation client</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>conseiller clientèle des particuliers en banque et assurance</x:t>
   </x:si>
   <x:si>
-    <x:t>IFC Provence</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
@@ -770,111 +770,111 @@
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de patrimoine (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Mandataire judiciaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HETIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
+    <x:t>10/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en gestion de patrimoine (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion actifs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de la Banque - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
-  </x:si>
-[...52 lines deleted...]
-    <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en gestion de patrimoine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>master mention gestion de patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de l'Alternance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ESAME</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
@@ -3729,271 +3729,271 @@
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>549273</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>40193</x:v>
+        <x:v>38949</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>606168</x:v>
+        <x:v>588402</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>35538</x:v>
+        <x:v>38949</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>596434</x:v>
+        <x:v>596812</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38949</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>588402</x:v>
+        <x:v>606168</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>38949</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>596812</x:v>
+        <x:v>596434</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4014,139 +4014,139 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>588327</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>606167</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>609141</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
@@ -4159,51 +4159,51 @@
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>586195</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
@@ -4337,51 +4337,51 @@
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>568254</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
@@ -4398,51 +4398,51 @@
       <x:c r="G52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>609172</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
@@ -4565,51 +4565,51 @@
       <x:c r="G55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>575670</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -5462,51 +5462,51 @@
       <x:c r="G70" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>549286</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
@@ -5519,51 +5519,51 @@
       <x:c r="G71" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>608096</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
@@ -5578,51 +5578,51 @@
       <x:c r="G72" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>586499</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
@@ -5635,51 +5635,51 @@
       <x:c r="G73" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>556966</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -5694,51 +5694,51 @@
       <x:c r="G74" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>556962</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
@@ -5748,51 +5748,51 @@
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>596840</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
@@ -5807,51 +5807,51 @@
       <x:c r="G76" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>608095</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
@@ -5954,79 +5954,79 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>549369</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>592365</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
@@ -6099,51 +6099,51 @@
       <x:c r="G81" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>609173</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
@@ -6158,51 +6158,51 @@
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>568280</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
@@ -6241,278 +6241,274 @@
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>498934</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>233</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>560012</x:v>
+        <x:v>572614</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>606974</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>573919</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>496196</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>141</x:v>
@@ -6662,381 +6658,386 @@
       <x:c r="R90" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>589690</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>495679</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>598954</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>244</x:v>
-[...1 lines deleted...]
-      <x:c r="C93" s="3" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="n">
+        <x:v>35452</x:v>
+      </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>572614</x:v>
+        <x:v>570240</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>35452</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>570240</x:v>
+        <x:v>609181</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>35919</x:v>
+        <x:v>36074</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-        <x:v>152</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>609181</x:v>
+        <x:v>560012</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35452</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>572392</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35919</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -7383,51 +7384,51 @@
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>609142</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
@@ -7496,351 +7497,352 @@
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>565260</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>35077</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>550742</x:v>
+        <x:v>589698</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>589698</x:v>
+        <x:v>534963</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>534963</x:v>
+        <x:v>586196</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>36978</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
+      <x:c r="E109" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>586196</x:v>
+        <x:v>534960</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>534960</x:v>
+        <x:v>534946</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -7853,98 +7855,98 @@
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>534946</x:v>
+        <x:v>550742</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>553381</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">