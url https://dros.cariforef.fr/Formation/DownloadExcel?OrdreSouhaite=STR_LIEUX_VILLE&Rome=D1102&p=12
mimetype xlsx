--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -590,153 +590,153 @@
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>CAP boulanger</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi plus de 26 ans , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPA les Magnanarelles</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2025 00:00:00</x:t>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Hôtelier Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Techniques du tour en boulangerie et en pâtisserie (ex Mention complémentaire) (CS TTBP)</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro boulanger pâtissier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
   </x:si>
   <x:si>
     <x:t>CIA</x:t>
   </x:si>
   <x:si>
     <x:t>13333</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiation à la boulangerie traditionnelle au levain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Internationale de Boulangerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIDB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOYERS-SUR-JABRON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Boulanger</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Internationale de Boulangerie</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiation à la boulangerie traditionnelle au levain</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Variétés paysannes : meunerie et panification</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Perfectionnement en boulangerie traditionnelle au levain</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
@@ -3125,346 +3125,346 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>552742</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>607579</x:v>
+        <x:v>607535</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>37491</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>501900</x:v>
+        <x:v>607575</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>37491</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>607535</x:v>
+        <x:v>607578</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>607575</x:v>
+        <x:v>607579</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>607578</x:v>
+        <x:v>501900</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>34454</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -4078,160 +4078,159 @@
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>542226</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>523016</x:v>
+        <x:v>547586</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
-      <x:c r="E47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>547586</x:v>
+        <x:v>523016</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37908</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -4837,57 +4836,57 @@
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>547247</x:v>
+        <x:v>504506</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -4897,57 +4896,57 @@
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>504506</x:v>
+        <x:v>547247</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>111</x:v>
@@ -9344,164 +9343,161 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>604836</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>553290</x:v>
+        <x:v>501696</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>501696</x:v>
+        <x:v>573819</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>66</x:v>
@@ -9595,444 +9591,447 @@
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>604797</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>591925</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
+      <x:c r="E139" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>573819</x:v>
+        <x:v>553290</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H140" s="14" t="s">
+      <x:c r="I140" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="I140" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>542325</x:v>
+        <x:v>604342</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
+      <x:c r="E141" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G141" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H141" s="0" t="s">
+      <x:c r="I141" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="I141" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>585591</x:v>
+        <x:v>547750</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H142" s="14" t="s">
+      <x:c r="I142" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>615347</x:v>
+        <x:v>542325</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H143" s="0" t="s">
+      <x:c r="I143" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="I143" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>604342</x:v>
+        <x:v>585591</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H144" s="14" t="s">
+      <x:c r="I144" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="I144" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>547750</x:v>
+        <x:v>615347</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -10532,379 +10531,378 @@
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>500438</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C154" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="J154" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>576723</x:v>
+        <x:v>590873</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>590863</x:v>
+        <x:v>575753</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="U155" s="4" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>199</x:v>
-[...1 lines deleted...]
-      <x:c r="C156" s="15" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C156" s="15" t="n">
+        <x:v>37439</x:v>
+      </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="J156" s="14" t="s"/>
+      <x:c r="J156" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>575755</x:v>
+        <x:v>576723</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="U156" s="16" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>590873</x:v>
+        <x:v>590863</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="U157" s="4" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="C158" s="15" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C158" s="15" t="n">
+        <x:v>37439</x:v>
+      </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="J158" s="14" t="s"/>
+      <x:c r="J158" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>575753</x:v>
+        <x:v>576722</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U158" s="16" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="J159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>576722</x:v>
+        <x:v>575755</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
@@ -10915,51 +10913,51 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>590861</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
@@ -10967,51 +10965,51 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>575754</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
@@ -11409,270 +11407,271 @@
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>559101</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>494892</x:v>
+        <x:v>588520</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>588520</x:v>
+        <x:v>493038</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>493038</x:v>
+        <x:v>557729</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
+      <x:c r="E173" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>557729</x:v>
+        <x:v>494892</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
@@ -13666,51 +13665,51 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>600555</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -13785,51 +13784,51 @@
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>556500</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>