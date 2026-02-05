--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -239,80 +239,80 @@
   <x:si>
     <x:t>Titre professionnel coordinateur BIM du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin BTP</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor Européen Design d'intérieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture intérieure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel technicien d'études du bâtiment en dessin de projet</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Bachelor Européen Design d'intérieur</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>SketchUp (les bases)</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel SketchUp</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'études en construction bois</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
@@ -596,65 +596,65 @@
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien d'études du bâtiment en dessin de projet</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel BIM modeleur du bâtiment (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
@@ -716,87 +716,87 @@
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SketchUp Pro DAO 3D et rendu photoréaliste</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Revit MEP Initiation et approfondissement CVC</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Revit - Les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>Revit Conception MEP CVC plomberie électricité</x:t>
   </x:si>
   <x:si>
     <x:t>Revit - Perfectionnement</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'État de paysagiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure de Paysage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENSP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aménagement urbain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'État de paysagiste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National des Sciences et Industries du Vivant et de l'Environnement - AgroParisTech</x:t>
   </x:si>
   <x:si>
     <x:t>91120</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 5 et plus</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ecole Nationale Supérieure de Paysage - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>78000</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel BIM modeleur du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
@@ -1991,150 +1991,150 @@
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>616468</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C6" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="H6" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="I6" s="16" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>22252</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>616371</x:v>
+        <x:v>510986</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C7" s="3" t="s"/>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="n">
+        <x:v>39519</x:v>
+      </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-        <x:v>61</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>510986</x:v>
+        <x:v>616371</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>50</x:v>
@@ -2166,51 +2166,51 @@
       <x:c r="T8" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>41531</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -2223,51 +2223,51 @@
       <x:c r="U9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -3105,51 +3105,51 @@
       <x:c r="T24" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -3162,51 +3162,51 @@
       <x:c r="U25" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -3620,51 +3620,51 @@
       <x:c r="U33" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>34660</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -3674,51 +3674,51 @@
       <x:c r="T34" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -3731,51 +3731,51 @@
       <x:c r="U35" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -3906,51 +3906,51 @@
       <x:c r="T38" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -3963,51 +3963,51 @@
       <x:c r="U39" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -4212,51 +4212,51 @@
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>562872</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
@@ -4357,736 +4357,736 @@
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>539587</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>39520</x:v>
+        <x:v>34658</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>586052</x:v>
+        <x:v>540179</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>34660</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>539581</x:v>
+        <x:v>586052</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>34660</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>540167</x:v>
+        <x:v>539581</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>34658</x:v>
+        <x:v>34660</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>540176</x:v>
+        <x:v>540167</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>34658</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>540179</x:v>
+        <x:v>540176</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>39520</x:v>
+        <x:v>39519</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>586051</x:v>
+        <x:v>612096</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>34660</x:v>
+        <x:v>39519</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>572829</x:v>
+        <x:v>585757</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>34658</x:v>
+        <x:v>34660</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>572830</x:v>
+        <x:v>572829</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>39519</x:v>
+        <x:v>34658</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>585757</x:v>
+        <x:v>572830</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>39519</x:v>
+        <x:v>34658</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>612096</x:v>
+        <x:v>539590</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>34658</x:v>
+        <x:v>34660</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>539590</x:v>
+        <x:v>540170</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>34660</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>540170</x:v>
+        <x:v>586051</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39520</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -5158,111 +5158,111 @@
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>585755</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>585758</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>34658</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
@@ -5301,51 +5301,51 @@
       <x:c r="U62" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -5392,51 +5392,51 @@
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>610275</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39520</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -5481,84 +5481,84 @@
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>586056</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39520</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -5568,80 +5568,80 @@
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>586053</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -5654,51 +5654,51 @@
       <x:c r="U68" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -5713,51 +5713,51 @@
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>34660</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -5770,51 +5770,51 @@
       <x:c r="U70" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>34660</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -5889,51 +5889,51 @@
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -5948,84 +5948,84 @@
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>612163</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>34658</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -6035,345 +6035,345 @@
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>572816</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>34660</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>539578</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>34660</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>572815</x:v>
+        <x:v>585753</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39519</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>604427</x:v>
+        <x:v>585756</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>39520</x:v>
+        <x:v>39519</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>585753</x:v>
+        <x:v>604427</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>39519</x:v>
+        <x:v>34660</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>585756</x:v>
+        <x:v>572815</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
@@ -6791,269 +6791,269 @@
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>612717</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="H90" s="14" t="s"/>
+      <x:c r="H90" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="R90" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="R90" s="14" t="s">
+      <x:c r="S90" s="14" t="n">
+        <x:v>539048</x:v>
+      </x:c>
+      <x:c r="T90" s="16" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="U90" s="16" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="I91" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="H91" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="S91" s="0" t="n">
+        <x:v>539053</x:v>
+      </x:c>
+      <x:c r="T91" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="U91" s="4" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="R92" s="14" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>576985</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="R93" s="0" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>575144</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>34658</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
@@ -7694,112 +7694,112 @@
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>616059</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>595317</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -7812,51 +7812,51 @@
       <x:c r="U107" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -7866,51 +7866,51 @@
       <x:c r="T108" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -8257,51 +8257,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>571057</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>286</x:v>
@@ -8318,51 +8318,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>609532</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>34658</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -8991,51 +8991,51 @@
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>599455</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
@@ -9045,51 +9045,51 @@
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>587446</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
@@ -9102,51 +9102,51 @@
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>587444</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
@@ -9156,180 +9156,180 @@
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>547412</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>533833</x:v>
+        <x:v>587441</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>587441</x:v>
+        <x:v>533833</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
@@ -9369,487 +9369,491 @@
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>600743</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>72503</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>600730</x:v>
+        <x:v>600469</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>22252</x:v>
+        <x:v>72503</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>600469</x:v>
+        <x:v>600730</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>22252</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>587086</x:v>
+        <x:v>600468</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>600744</x:v>
+        <x:v>587086</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>74</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="J140" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>22232</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>595610</x:v>
+        <x:v>600744</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>322</x:v>
-[...1 lines deleted...]
-      <x:c r="C141" s="3" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C141" s="3" t="n">
+        <x:v>39033</x:v>
+      </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
+      <x:c r="J141" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>22252</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>600739</x:v>
+        <x:v>595610</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E142" s="14" t="s"/>
+      <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>583900</x:v>
+        <x:v>600739</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
+      <x:c r="E143" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>72502</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>600468</x:v>
+        <x:v>583900</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>34658</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -9940,51 +9944,51 @@
       <x:c r="U145" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -10004,95 +10008,95 @@
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>600718</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>34660</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -10212,51 +10216,51 @@
       <x:c r="T150" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -10366,51 +10370,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>497968</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -10419,173 +10423,173 @@
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>599538</x:v>
+        <x:v>588260</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>39520</x:v>
+        <x:v>39408</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>599528</x:v>
+        <x:v>599538</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>39408</x:v>
+        <x:v>39520</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>588260</x:v>
+        <x:v>599528</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -11491,51 +11495,51 @@
       <x:c r="U173" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>343</x:v>
       </x:c>