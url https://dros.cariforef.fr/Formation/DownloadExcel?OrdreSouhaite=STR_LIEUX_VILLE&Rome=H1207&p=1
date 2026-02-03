--- v0 (2026-02-02)
+++ v1 (2026-02-03)
@@ -407,54 +407,54 @@
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours conception des procédés et innovation technologique</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mécanique parcours mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'industrie : industrie aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aéronautique</x:t>
   </x:si>
@@ -2341,222 +2341,222 @@
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>554925</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>575543</x:v>
+        <x:v>509933</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>35373</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>11534</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>575544</x:v>
+        <x:v>575543</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>35494</x:v>
+        <x:v>35373</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
-      <x:c r="E27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>509933</x:v>
+        <x:v>575544</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">